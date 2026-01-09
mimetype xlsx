--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reabaebd2ae994ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/87f6e12e5bf44ec9aa0367404a48d1a7.psmdcp" Id="R69625a4888bf48d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe9869e86a2048a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8eeb785b58704afdbde5cde27ae17604.psmdcp" Id="R051a4e4653194500" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIECCP *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B4073" totalsRowShown="0">
-  <x:autoFilter ref="A6:B4073"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B4119" totalsRowShown="0">
+  <x:autoFilter ref="A6:B4119"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E4073"/>
+  <x:dimension ref="A1:E4119"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -33066,50 +33066,418 @@
         <x:v>316.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4071" spans="1:5">
       <x:c r="A4071" s="4">
         <x:v>45964</x:v>
       </x:c>
       <x:c r="B4071" s="5" t="n">
         <x:v>316.08</x:v>
       </x:c>
     </x:row>
     <x:row r="4072" spans="1:5">
       <x:c r="A4072" s="4">
         <x:v>45965</x:v>
       </x:c>
       <x:c r="B4072" s="5" t="n">
         <x:v>315.05</x:v>
       </x:c>
     </x:row>
     <x:row r="4073" spans="1:5">
       <x:c r="A4073" s="4">
         <x:v>45966</x:v>
       </x:c>
       <x:c r="B4073" s="5" t="n">
         <x:v>315.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4074" spans="1:5">
+      <x:c r="A4074" s="4">
+        <x:v>45967</x:v>
+      </x:c>
+      <x:c r="B4074" s="5" t="n">
+        <x:v>313.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4075" spans="1:5">
+      <x:c r="A4075" s="4">
+        <x:v>45968</x:v>
+      </x:c>
+      <x:c r="B4075" s="5" t="n">
+        <x:v>311.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4076" spans="1:5">
+      <x:c r="A4076" s="4">
+        <x:v>45971</x:v>
+      </x:c>
+      <x:c r="B4076" s="5" t="n">
+        <x:v>315.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4077" spans="1:5">
+      <x:c r="A4077" s="4">
+        <x:v>45972</x:v>
+      </x:c>
+      <x:c r="B4077" s="5" t="n">
+        <x:v>318.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4078" spans="1:5">
+      <x:c r="A4078" s="4">
+        <x:v>45973</x:v>
+      </x:c>
+      <x:c r="B4078" s="5" t="n">
+        <x:v>319.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4079" spans="1:5">
+      <x:c r="A4079" s="4">
+        <x:v>45974</x:v>
+      </x:c>
+      <x:c r="B4079" s="5" t="n">
+        <x:v>317.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4080" spans="1:5">
+      <x:c r="A4080" s="4">
+        <x:v>45975</x:v>
+      </x:c>
+      <x:c r="B4080" s="5" t="n">
+        <x:v>314.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4081" spans="1:5">
+      <x:c r="A4081" s="4">
+        <x:v>45978</x:v>
+      </x:c>
+      <x:c r="B4081" s="5" t="n">
+        <x:v>311.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4082" spans="1:5">
+      <x:c r="A4082" s="4">
+        <x:v>45979</x:v>
+      </x:c>
+      <x:c r="B4082" s="5" t="n">
+        <x:v>307.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4083" spans="1:5">
+      <x:c r="A4083" s="4">
+        <x:v>45980</x:v>
+      </x:c>
+      <x:c r="B4083" s="5" t="n">
+        <x:v>306.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4084" spans="1:5">
+      <x:c r="A4084" s="4">
+        <x:v>45981</x:v>
+      </x:c>
+      <x:c r="B4084" s="5" t="n">
+        <x:v>307.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4085" spans="1:5">
+      <x:c r="A4085" s="4">
+        <x:v>45982</x:v>
+      </x:c>
+      <x:c r="B4085" s="5" t="n">
+        <x:v>308.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4086" spans="1:5">
+      <x:c r="A4086" s="4">
+        <x:v>45985</x:v>
+      </x:c>
+      <x:c r="B4086" s="5" t="n">
+        <x:v>308.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4087" spans="1:5">
+      <x:c r="A4087" s="4">
+        <x:v>45986</x:v>
+      </x:c>
+      <x:c r="B4087" s="5" t="n">
+        <x:v>311.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4088" spans="1:5">
+      <x:c r="A4088" s="4">
+        <x:v>45987</x:v>
+      </x:c>
+      <x:c r="B4088" s="5" t="n">
+        <x:v>313.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4089" spans="1:5">
+      <x:c r="A4089" s="4">
+        <x:v>45988</x:v>
+      </x:c>
+      <x:c r="B4089" s="5" t="n">
+        <x:v>315.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4090" spans="1:5">
+      <x:c r="A4090" s="4">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="B4090" s="5" t="n">
+        <x:v>315.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4091" spans="1:5">
+      <x:c r="A4091" s="4">
+        <x:v>45992</x:v>
+      </x:c>
+      <x:c r="B4091" s="5" t="n">
+        <x:v>314.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4092" spans="1:5">
+      <x:c r="A4092" s="4">
+        <x:v>45993</x:v>
+      </x:c>
+      <x:c r="B4092" s="5" t="n">
+        <x:v>314.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4093" spans="1:5">
+      <x:c r="A4093" s="4">
+        <x:v>45994</x:v>
+      </x:c>
+      <x:c r="B4093" s="5" t="n">
+        <x:v>314.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4094" spans="1:5">
+      <x:c r="A4094" s="4">
+        <x:v>45995</x:v>
+      </x:c>
+      <x:c r="B4094" s="5" t="n">
+        <x:v>315.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4095" spans="1:5">
+      <x:c r="A4095" s="4">
+        <x:v>45996</x:v>
+      </x:c>
+      <x:c r="B4095" s="5" t="n">
+        <x:v>315.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4096" spans="1:5">
+      <x:c r="A4096" s="4">
+        <x:v>45999</x:v>
+      </x:c>
+      <x:c r="B4096" s="5" t="n">
+        <x:v>314.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4097" spans="1:5">
+      <x:c r="A4097" s="4">
+        <x:v>46000</x:v>
+      </x:c>
+      <x:c r="B4097" s="5" t="n">
+        <x:v>314.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4098" spans="1:5">
+      <x:c r="A4098" s="4">
+        <x:v>46001</x:v>
+      </x:c>
+      <x:c r="B4098" s="5" t="n">
+        <x:v>313.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4099" spans="1:5">
+      <x:c r="A4099" s="4">
+        <x:v>46002</x:v>
+      </x:c>
+      <x:c r="B4099" s="5" t="n">
+        <x:v>314.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4100" spans="1:5">
+      <x:c r="A4100" s="4">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="B4100" s="5" t="n">
+        <x:v>313.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4101" spans="1:5">
+      <x:c r="A4101" s="4">
+        <x:v>46006</x:v>
+      </x:c>
+      <x:c r="B4101" s="5" t="n">
+        <x:v>316.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4102" spans="1:5">
+      <x:c r="A4102" s="4">
+        <x:v>46007</x:v>
+      </x:c>
+      <x:c r="B4102" s="5" t="n">
+        <x:v>315.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4103" spans="1:5">
+      <x:c r="A4103" s="4">
+        <x:v>46008</x:v>
+      </x:c>
+      <x:c r="B4103" s="5" t="n">
+        <x:v>316.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4104" spans="1:5">
+      <x:c r="A4104" s="4">
+        <x:v>46009</x:v>
+      </x:c>
+      <x:c r="B4104" s="5" t="n">
+        <x:v>319.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4105" spans="1:5">
+      <x:c r="A4105" s="4">
+        <x:v>46010</x:v>
+      </x:c>
+      <x:c r="B4105" s="5" t="n">
+        <x:v>319.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4106" spans="1:5">
+      <x:c r="A4106" s="4">
+        <x:v>46013</x:v>
+      </x:c>
+      <x:c r="B4106" s="5" t="n">
+        <x:v>319.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4107" spans="1:5">
+      <x:c r="A4107" s="4">
+        <x:v>46014</x:v>
+      </x:c>
+      <x:c r="B4107" s="5" t="n">
+        <x:v>319.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4108" spans="1:5">
+      <x:c r="A4108" s="4">
+        <x:v>46015</x:v>
+      </x:c>
+      <x:c r="B4108" s="5" t="n">
+        <x:v>319.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4109" spans="1:5">
+      <x:c r="A4109" s="4">
+        <x:v>46016</x:v>
+      </x:c>
+      <x:c r="B4109" s="5" t="n">
+        <x:v>319.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4110" spans="1:5">
+      <x:c r="A4110" s="4">
+        <x:v>46017</x:v>
+      </x:c>
+      <x:c r="B4110" s="5" t="n">
+        <x:v>319.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4111" spans="1:5">
+      <x:c r="A4111" s="4">
+        <x:v>46020</x:v>
+      </x:c>
+      <x:c r="B4111" s="5" t="n">
+        <x:v>320.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4112" spans="1:5">
+      <x:c r="A4112" s="4">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="B4112" s="5" t="n">
+        <x:v>322.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4113" spans="1:5">
+      <x:c r="A4113" s="4">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="B4113" s="5" t="n">
+        <x:v>321.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4114" spans="1:5">
+      <x:c r="A4114" s="4">
+        <x:v>46023</x:v>
+      </x:c>
+      <x:c r="B4114" s="5" t="n">
+        <x:v>321.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4115" spans="1:5">
+      <x:c r="A4115" s="4">
+        <x:v>46024</x:v>
+      </x:c>
+      <x:c r="B4115" s="5" t="n">
+        <x:v>322.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4116" spans="1:5">
+      <x:c r="A4116" s="4">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="B4116" s="5" t="n">
+        <x:v>325.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4117" spans="1:5">
+      <x:c r="A4117" s="4">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="B4117" s="5" t="n">
+        <x:v>326.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4118" spans="1:5">
+      <x:c r="A4118" s="4">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="B4118" s="5" t="n">
+        <x:v>328.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4119" spans="1:5">
+      <x:c r="A4119" s="4">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="B4119" s="5" t="n">
+        <x:v>327.81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>