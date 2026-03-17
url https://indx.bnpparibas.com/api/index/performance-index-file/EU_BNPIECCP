--- v1 (2026-01-09)
+++ v2 (2026-03-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe9869e86a2048a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8eeb785b58704afdbde5cde27ae17604.psmdcp" Id="R051a4e4653194500" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafed79259ee743d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e5f7c2b30ebe43c9abfd91da028cab1d.psmdcp" Id="R0b35ee7b4b9d49a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIECCP *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B4119" totalsRowShown="0">
-  <x:autoFilter ref="A6:B4119"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B4166" totalsRowShown="0">
+  <x:autoFilter ref="A6:B4166"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E4119"/>
+  <x:dimension ref="A1:E4166"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -33434,50 +33434,426 @@
         <x:v>325.57</x:v>
       </x:c>
     </x:row>
     <x:row r="4117" spans="1:5">
       <x:c r="A4117" s="4">
         <x:v>46028</x:v>
       </x:c>
       <x:c r="B4117" s="5" t="n">
         <x:v>326.91</x:v>
       </x:c>
     </x:row>
     <x:row r="4118" spans="1:5">
       <x:c r="A4118" s="4">
         <x:v>46029</x:v>
       </x:c>
       <x:c r="B4118" s="5" t="n">
         <x:v>328.46</x:v>
       </x:c>
     </x:row>
     <x:row r="4119" spans="1:5">
       <x:c r="A4119" s="4">
         <x:v>46030</x:v>
       </x:c>
       <x:c r="B4119" s="5" t="n">
         <x:v>327.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4120" spans="1:5">
+      <x:c r="A4120" s="4">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="B4120" s="5" t="n">
+        <x:v>328.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4121" spans="1:5">
+      <x:c r="A4121" s="4">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="B4121" s="5" t="n">
+        <x:v>328.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4122" spans="1:5">
+      <x:c r="A4122" s="4">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B4122" s="5" t="n">
+        <x:v>326.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4123" spans="1:5">
+      <x:c r="A4123" s="4">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B4123" s="5" t="n">
+        <x:v>327.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4124" spans="1:5">
+      <x:c r="A4124" s="4">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B4124" s="5" t="n">
+        <x:v>329.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4125" spans="1:5">
+      <x:c r="A4125" s="4">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B4125" s="5" t="n">
+        <x:v>329.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4126" spans="1:5">
+      <x:c r="A4126" s="4">
+        <x:v>46041</x:v>
+      </x:c>
+      <x:c r="B4126" s="5" t="n">
+        <x:v>325.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4127" spans="1:5">
+      <x:c r="A4127" s="4">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="B4127" s="5" t="n">
+        <x:v>322.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4128" spans="1:5">
+      <x:c r="A4128" s="4">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B4128" s="5" t="n">
+        <x:v>322.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4129" spans="1:5">
+      <x:c r="A4129" s="4">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B4129" s="5" t="n">
+        <x:v>326.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4130" spans="1:5">
+      <x:c r="A4130" s="4">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="B4130" s="5" t="n">
+        <x:v>325.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4131" spans="1:5">
+      <x:c r="A4131" s="4">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="B4131" s="5" t="n">
+        <x:v>325.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4132" spans="1:5">
+      <x:c r="A4132" s="4">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B4132" s="5" t="n">
+        <x:v>326.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4133" spans="1:5">
+      <x:c r="A4133" s="4">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="B4133" s="5" t="n">
+        <x:v>327.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4134" spans="1:5">
+      <x:c r="A4134" s="4">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="B4134" s="5" t="n">
+        <x:v>325.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4135" spans="1:5">
+      <x:c r="A4135" s="4">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="B4135" s="5" t="n">
+        <x:v>326.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4136" spans="1:5">
+      <x:c r="A4136" s="4">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B4136" s="5" t="n">
+        <x:v>328.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4137" spans="1:5">
+      <x:c r="A4137" s="4">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B4137" s="5" t="n">
+        <x:v>326.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4138" spans="1:5">
+      <x:c r="A4138" s="4">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B4138" s="5" t="n">
+        <x:v>330.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4139" spans="1:5">
+      <x:c r="A4139" s="4">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B4139" s="5" t="n">
+        <x:v>328.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4140" spans="1:5">
+      <x:c r="A4140" s="4">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B4140" s="5" t="n">
+        <x:v>330.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4141" spans="1:5">
+      <x:c r="A4141" s="4">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="B4141" s="5" t="n">
+        <x:v>330.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4142" spans="1:5">
+      <x:c r="A4142" s="4">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="B4142" s="5" t="n">
+        <x:v>332.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4143" spans="1:5">
+      <x:c r="A4143" s="4">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="B4143" s="5" t="n">
+        <x:v>331.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4144" spans="1:5">
+      <x:c r="A4144" s="4">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="B4144" s="5" t="n">
+        <x:v>330.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4145" spans="1:5">
+      <x:c r="A4145" s="4">
+        <x:v>46066</x:v>
+      </x:c>
+      <x:c r="B4145" s="5" t="n">
+        <x:v>331.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4146" spans="1:5">
+      <x:c r="A4146" s="4">
+        <x:v>46069</x:v>
+      </x:c>
+      <x:c r="B4146" s="5" t="n">
+        <x:v>331.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4147" spans="1:5">
+      <x:c r="A4147" s="4">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="B4147" s="5" t="n">
+        <x:v>333.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4148" spans="1:5">
+      <x:c r="A4148" s="4">
+        <x:v>46071</x:v>
+      </x:c>
+      <x:c r="B4148" s="5" t="n">
+        <x:v>334.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4149" spans="1:5">
+      <x:c r="A4149" s="4">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B4149" s="5" t="n">
+        <x:v>333.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4150" spans="1:5">
+      <x:c r="A4150" s="4">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B4150" s="5" t="n">
+        <x:v>335.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4151" spans="1:5">
+      <x:c r="A4151" s="4">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="B4151" s="5" t="n">
+        <x:v>332.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4152" spans="1:5">
+      <x:c r="A4152" s="4">
+        <x:v>46077</x:v>
+      </x:c>
+      <x:c r="B4152" s="5" t="n">
+        <x:v>334.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4153" spans="1:5">
+      <x:c r="A4153" s="4">
+        <x:v>46078</x:v>
+      </x:c>
+      <x:c r="B4153" s="5" t="n">
+        <x:v>335.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4154" spans="1:5">
+      <x:c r="A4154" s="4">
+        <x:v>46079</x:v>
+      </x:c>
+      <x:c r="B4154" s="5" t="n">
+        <x:v>337.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4155" spans="1:5">
+      <x:c r="A4155" s="4">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B4155" s="5" t="n">
+        <x:v>339.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4156" spans="1:5">
+      <x:c r="A4156" s="4">
+        <x:v>46083</x:v>
+      </x:c>
+      <x:c r="B4156" s="5" t="n">
+        <x:v>334.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4157" spans="1:5">
+      <x:c r="A4157" s="4">
+        <x:v>46084</x:v>
+      </x:c>
+      <x:c r="B4157" s="5" t="n">
+        <x:v>323.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4158" spans="1:5">
+      <x:c r="A4158" s="4">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B4158" s="5" t="n">
+        <x:v>327.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4159" spans="1:5">
+      <x:c r="A4159" s="4">
+        <x:v>46086</x:v>
+      </x:c>
+      <x:c r="B4159" s="5" t="n">
+        <x:v>322.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4160" spans="1:5">
+      <x:c r="A4160" s="4">
+        <x:v>46087</x:v>
+      </x:c>
+      <x:c r="B4160" s="5" t="n">
+        <x:v>319.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4161" spans="1:5">
+      <x:c r="A4161" s="4">
+        <x:v>46090</x:v>
+      </x:c>
+      <x:c r="B4161" s="5" t="n">
+        <x:v>316.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4162" spans="1:5">
+      <x:c r="A4162" s="4">
+        <x:v>46091</x:v>
+      </x:c>
+      <x:c r="B4162" s="5" t="n">
+        <x:v>320.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4163" spans="1:5">
+      <x:c r="A4163" s="4">
+        <x:v>46092</x:v>
+      </x:c>
+      <x:c r="B4163" s="5" t="n">
+        <x:v>318.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4164" spans="1:5">
+      <x:c r="A4164" s="4">
+        <x:v>46093</x:v>
+      </x:c>
+      <x:c r="B4164" s="5" t="n">
+        <x:v>317.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4165" spans="1:5">
+      <x:c r="A4165" s="4">
+        <x:v>46094</x:v>
+      </x:c>
+      <x:c r="B4165" s="5" t="n">
+        <x:v>317.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4166" spans="1:5">
+      <x:c r="A4166" s="4">
+        <x:v>46097</x:v>
+      </x:c>
+      <x:c r="B4166" s="5" t="n">
+        <x:v>317.68</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>