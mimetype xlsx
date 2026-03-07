--- v0 (2026-01-21)
+++ v1 (2026-03-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R652ccd87580942ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/992471a45c354028abb8966a54752a9a.psmdcp" Id="R56651accbb454be9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf5ecedd5a2d4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f7fef9df89d14353aa59d0136183f91d.psmdcp" Id="Rda3ccfdd1be447e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIPAT5 *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B3400" totalsRowShown="0">
-  <x:autoFilter ref="A6:B3400"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B3432" totalsRowShown="0">
+  <x:autoFilter ref="A6:B3432"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E3400"/>
+  <x:dimension ref="A1:E3432"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -27682,50 +27682,306 @@
         <x:v>158.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3398" spans="1:5">
       <x:c r="A3398" s="4">
         <x:v>46036</x:v>
       </x:c>
       <x:c r="B3398" s="5" t="n">
         <x:v>158.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3399" spans="1:5">
       <x:c r="A3399" s="4">
         <x:v>46037</x:v>
       </x:c>
       <x:c r="B3399" s="5" t="n">
         <x:v>158.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3400" spans="1:5">
       <x:c r="A3400" s="4">
         <x:v>46038</x:v>
       </x:c>
       <x:c r="B3400" s="5" t="n">
         <x:v>158.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3401" spans="1:5">
+      <x:c r="A3401" s="4">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="B3401" s="5" t="n">
+        <x:v>156.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3402" spans="1:5">
+      <x:c r="A3402" s="4">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B3402" s="5" t="n">
+        <x:v>157.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3403" spans="1:5">
+      <x:c r="A3403" s="4">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B3403" s="5" t="n">
+        <x:v>157.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3404" spans="1:5">
+      <x:c r="A3404" s="4">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="B3404" s="5" t="n">
+        <x:v>157.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3405" spans="1:5">
+      <x:c r="A3405" s="4">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="B3405" s="5" t="n">
+        <x:v>157.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3406" spans="1:5">
+      <x:c r="A3406" s="4">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B3406" s="5" t="n">
+        <x:v>157.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3407" spans="1:5">
+      <x:c r="A3407" s="4">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="B3407" s="5" t="n">
+        <x:v>157.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3408" spans="1:5">
+      <x:c r="A3408" s="4">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="B3408" s="5" t="n">
+        <x:v>157.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3409" spans="1:5">
+      <x:c r="A3409" s="4">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="B3409" s="5" t="n">
+        <x:v>157.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3410" spans="1:5">
+      <x:c r="A3410" s="4">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B3410" s="5" t="n">
+        <x:v>157.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3411" spans="1:5">
+      <x:c r="A3411" s="4">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B3411" s="5" t="n">
+        <x:v>156.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3412" spans="1:5">
+      <x:c r="A3412" s="4">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B3412" s="5" t="n">
+        <x:v>156.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3413" spans="1:5">
+      <x:c r="A3413" s="4">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B3413" s="5" t="n">
+        <x:v>155.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3414" spans="1:5">
+      <x:c r="A3414" s="4">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B3414" s="5" t="n">
+        <x:v>156.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3415" spans="1:5">
+      <x:c r="A3415" s="4">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="B3415" s="5" t="n">
+        <x:v>156.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3416" spans="1:5">
+      <x:c r="A3416" s="4">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="B3416" s="5" t="n">
+        <x:v>156.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3417" spans="1:5">
+      <x:c r="A3417" s="4">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="B3417" s="5" t="n">
+        <x:v>156.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3418" spans="1:5">
+      <x:c r="A3418" s="4">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="B3418" s="5" t="n">
+        <x:v>155.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3419" spans="1:5">
+      <x:c r="A3419" s="4">
+        <x:v>46066</x:v>
+      </x:c>
+      <x:c r="B3419" s="5" t="n">
+        <x:v>156.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3420" spans="1:5">
+      <x:c r="A3420" s="4">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="B3420" s="5" t="n">
+        <x:v>156.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3421" spans="1:5">
+      <x:c r="A3421" s="4">
+        <x:v>46071</x:v>
+      </x:c>
+      <x:c r="B3421" s="5" t="n">
+        <x:v>156.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3422" spans="1:5">
+      <x:c r="A3422" s="4">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B3422" s="5" t="n">
+        <x:v>156.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3423" spans="1:5">
+      <x:c r="A3423" s="4">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B3423" s="5" t="n">
+        <x:v>156.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3424" spans="1:5">
+      <x:c r="A3424" s="4">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="B3424" s="5" t="n">
+        <x:v>155.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3425" spans="1:5">
+      <x:c r="A3425" s="4">
+        <x:v>46077</x:v>
+      </x:c>
+      <x:c r="B3425" s="5" t="n">
+        <x:v>156.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3426" spans="1:5">
+      <x:c r="A3426" s="4">
+        <x:v>46078</x:v>
+      </x:c>
+      <x:c r="B3426" s="5" t="n">
+        <x:v>156.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3427" spans="1:5">
+      <x:c r="A3427" s="4">
+        <x:v>46079</x:v>
+      </x:c>
+      <x:c r="B3427" s="5" t="n">
+        <x:v>156.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3428" spans="1:5">
+      <x:c r="A3428" s="4">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B3428" s="5" t="n">
+        <x:v>156.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3429" spans="1:5">
+      <x:c r="A3429" s="4">
+        <x:v>46083</x:v>
+      </x:c>
+      <x:c r="B3429" s="5" t="n">
+        <x:v>157.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3430" spans="1:5">
+      <x:c r="A3430" s="4">
+        <x:v>46084</x:v>
+      </x:c>
+      <x:c r="B3430" s="5" t="n">
+        <x:v>157.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3431" spans="1:5">
+      <x:c r="A3431" s="4">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B3431" s="5" t="n">
+        <x:v>158.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3432" spans="1:5">
+      <x:c r="A3432" s="4">
+        <x:v>46086</x:v>
+      </x:c>
+      <x:c r="B3432" s="5" t="n">
+        <x:v>158.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>