--- v0 (2025-10-08)
+++ v1 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097824e38b7045d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/280c9d14aba649c2928a5f294f9334a8.psmdcp" Id="R8cd1977d8f79468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc71334d5e7a84b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c28e2b4e73c846368167305eb0ae4bf4.psmdcp" Id="Rf03a3f7d9b82460e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIHFAC *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5049" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5049"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5098" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5098"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5049"/>
+  <x:dimension ref="A1:E5098"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -40874,50 +40874,442 @@
         <x:v>246.82</x:v>
       </x:c>
     </x:row>
     <x:row r="5047" spans="1:5">
       <x:c r="A5047" s="4">
         <x:v>45933</x:v>
       </x:c>
       <x:c r="B5047" s="5" t="n">
         <x:v>246.81</x:v>
       </x:c>
     </x:row>
     <x:row r="5048" spans="1:5">
       <x:c r="A5048" s="4">
         <x:v>45936</x:v>
       </x:c>
       <x:c r="B5048" s="5" t="n">
         <x:v>247.12</x:v>
       </x:c>
     </x:row>
     <x:row r="5049" spans="1:5">
       <x:c r="A5049" s="4">
         <x:v>45937</x:v>
       </x:c>
       <x:c r="B5049" s="5" t="n">
         <x:v>246.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5050" spans="1:5">
+      <x:c r="A5050" s="4">
+        <x:v>45938</x:v>
+      </x:c>
+      <x:c r="B5050" s="5" t="n">
+        <x:v>247.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5051" spans="1:5">
+      <x:c r="A5051" s="4">
+        <x:v>45939</x:v>
+      </x:c>
+      <x:c r="B5051" s="5" t="n">
+        <x:v>246.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5052" spans="1:5">
+      <x:c r="A5052" s="4">
+        <x:v>45940</x:v>
+      </x:c>
+      <x:c r="B5052" s="5" t="n">
+        <x:v>245.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5053" spans="1:5">
+      <x:c r="A5053" s="4">
+        <x:v>45943</x:v>
+      </x:c>
+      <x:c r="B5053" s="5" t="n">
+        <x:v>246.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5054" spans="1:5">
+      <x:c r="A5054" s="4">
+        <x:v>45944</x:v>
+      </x:c>
+      <x:c r="B5054" s="5" t="n">
+        <x:v>246.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5055" spans="1:5">
+      <x:c r="A5055" s="4">
+        <x:v>45945</x:v>
+      </x:c>
+      <x:c r="B5055" s="5" t="n">
+        <x:v>247.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5056" spans="1:5">
+      <x:c r="A5056" s="4">
+        <x:v>45946</x:v>
+      </x:c>
+      <x:c r="B5056" s="5" t="n">
+        <x:v>247.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5057" spans="1:5">
+      <x:c r="A5057" s="4">
+        <x:v>45947</x:v>
+      </x:c>
+      <x:c r="B5057" s="5" t="n">
+        <x:v>246.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5058" spans="1:5">
+      <x:c r="A5058" s="4">
+        <x:v>45950</x:v>
+      </x:c>
+      <x:c r="B5058" s="5" t="n">
+        <x:v>248.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5059" spans="1:5">
+      <x:c r="A5059" s="4">
+        <x:v>45951</x:v>
+      </x:c>
+      <x:c r="B5059" s="5" t="n">
+        <x:v>248.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5060" spans="1:5">
+      <x:c r="A5060" s="4">
+        <x:v>45952</x:v>
+      </x:c>
+      <x:c r="B5060" s="5" t="n">
+        <x:v>248.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5061" spans="1:5">
+      <x:c r="A5061" s="4">
+        <x:v>45953</x:v>
+      </x:c>
+      <x:c r="B5061" s="5" t="n">
+        <x:v>248.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5062" spans="1:5">
+      <x:c r="A5062" s="4">
+        <x:v>45954</x:v>
+      </x:c>
+      <x:c r="B5062" s="5" t="n">
+        <x:v>249.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5063" spans="1:5">
+      <x:c r="A5063" s="4">
+        <x:v>45957</x:v>
+      </x:c>
+      <x:c r="B5063" s="5" t="n">
+        <x:v>250.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5064" spans="1:5">
+      <x:c r="A5064" s="4">
+        <x:v>45958</x:v>
+      </x:c>
+      <x:c r="B5064" s="5" t="n">
+        <x:v>249.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5065" spans="1:5">
+      <x:c r="A5065" s="4">
+        <x:v>45959</x:v>
+      </x:c>
+      <x:c r="B5065" s="5" t="n">
+        <x:v>247.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5066" spans="1:5">
+      <x:c r="A5066" s="4">
+        <x:v>45960</x:v>
+      </x:c>
+      <x:c r="B5066" s="5" t="n">
+        <x:v>247.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5067" spans="1:5">
+      <x:c r="A5067" s="4">
+        <x:v>45961</x:v>
+      </x:c>
+      <x:c r="B5067" s="5" t="n">
+        <x:v>247.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5068" spans="1:5">
+      <x:c r="A5068" s="4">
+        <x:v>45964</x:v>
+      </x:c>
+      <x:c r="B5068" s="5" t="n">
+        <x:v>247.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5069" spans="1:5">
+      <x:c r="A5069" s="4">
+        <x:v>45965</x:v>
+      </x:c>
+      <x:c r="B5069" s="5" t="n">
+        <x:v>246.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5070" spans="1:5">
+      <x:c r="A5070" s="4">
+        <x:v>45966</x:v>
+      </x:c>
+      <x:c r="B5070" s="5" t="n">
+        <x:v>246.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5071" spans="1:5">
+      <x:c r="A5071" s="4">
+        <x:v>45967</x:v>
+      </x:c>
+      <x:c r="B5071" s="5" t="n">
+        <x:v>246.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5072" spans="1:5">
+      <x:c r="A5072" s="4">
+        <x:v>45968</x:v>
+      </x:c>
+      <x:c r="B5072" s="5" t="n">
+        <x:v>247.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5073" spans="1:5">
+      <x:c r="A5073" s="4">
+        <x:v>45971</x:v>
+      </x:c>
+      <x:c r="B5073" s="5" t="n">
+        <x:v>248.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5074" spans="1:5">
+      <x:c r="A5074" s="4">
+        <x:v>45972</x:v>
+      </x:c>
+      <x:c r="B5074" s="5" t="n">
+        <x:v>248.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5075" spans="1:5">
+      <x:c r="A5075" s="4">
+        <x:v>45973</x:v>
+      </x:c>
+      <x:c r="B5075" s="5" t="n">
+        <x:v>249.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5076" spans="1:5">
+      <x:c r="A5076" s="4">
+        <x:v>45974</x:v>
+      </x:c>
+      <x:c r="B5076" s="5" t="n">
+        <x:v>247.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5077" spans="1:5">
+      <x:c r="A5077" s="4">
+        <x:v>45975</x:v>
+      </x:c>
+      <x:c r="B5077" s="5" t="n">
+        <x:v>246.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5078" spans="1:5">
+      <x:c r="A5078" s="4">
+        <x:v>45978</x:v>
+      </x:c>
+      <x:c r="B5078" s="5" t="n">
+        <x:v>245.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5079" spans="1:5">
+      <x:c r="A5079" s="4">
+        <x:v>45979</x:v>
+      </x:c>
+      <x:c r="B5079" s="5" t="n">
+        <x:v>244.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5080" spans="1:5">
+      <x:c r="A5080" s="4">
+        <x:v>45980</x:v>
+      </x:c>
+      <x:c r="B5080" s="5" t="n">
+        <x:v>244.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5081" spans="1:5">
+      <x:c r="A5081" s="4">
+        <x:v>45981</x:v>
+      </x:c>
+      <x:c r="B5081" s="5" t="n">
+        <x:v>243.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5082" spans="1:5">
+      <x:c r="A5082" s="4">
+        <x:v>45982</x:v>
+      </x:c>
+      <x:c r="B5082" s="5" t="n">
+        <x:v>245.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5083" spans="1:5">
+      <x:c r="A5083" s="4">
+        <x:v>45985</x:v>
+      </x:c>
+      <x:c r="B5083" s="5" t="n">
+        <x:v>246.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5084" spans="1:5">
+      <x:c r="A5084" s="4">
+        <x:v>45986</x:v>
+      </x:c>
+      <x:c r="B5084" s="5" t="n">
+        <x:v>247.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5085" spans="1:5">
+      <x:c r="A5085" s="4">
+        <x:v>45987</x:v>
+      </x:c>
+      <x:c r="B5085" s="5" t="n">
+        <x:v>248.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5086" spans="1:5">
+      <x:c r="A5086" s="4">
+        <x:v>45988</x:v>
+      </x:c>
+      <x:c r="B5086" s="5" t="n">
+        <x:v>248.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5087" spans="1:5">
+      <x:c r="A5087" s="4">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="B5087" s="5" t="n">
+        <x:v>249.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5088" spans="1:5">
+      <x:c r="A5088" s="4">
+        <x:v>45992</x:v>
+      </x:c>
+      <x:c r="B5088" s="5" t="n">
+        <x:v>247.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5089" spans="1:5">
+      <x:c r="A5089" s="4">
+        <x:v>45993</x:v>
+      </x:c>
+      <x:c r="B5089" s="5" t="n">
+        <x:v>248.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5090" spans="1:5">
+      <x:c r="A5090" s="4">
+        <x:v>45994</x:v>
+      </x:c>
+      <x:c r="B5090" s="5" t="n">
+        <x:v>248.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5091" spans="1:5">
+      <x:c r="A5091" s="4">
+        <x:v>45995</x:v>
+      </x:c>
+      <x:c r="B5091" s="5" t="n">
+        <x:v>248.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5092" spans="1:5">
+      <x:c r="A5092" s="4">
+        <x:v>45996</x:v>
+      </x:c>
+      <x:c r="B5092" s="5" t="n">
+        <x:v>248.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5093" spans="1:5">
+      <x:c r="A5093" s="4">
+        <x:v>45999</x:v>
+      </x:c>
+      <x:c r="B5093" s="5" t="n">
+        <x:v>247.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5094" spans="1:5">
+      <x:c r="A5094" s="4">
+        <x:v>46000</x:v>
+      </x:c>
+      <x:c r="B5094" s="5" t="n">
+        <x:v>247.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5095" spans="1:5">
+      <x:c r="A5095" s="4">
+        <x:v>46001</x:v>
+      </x:c>
+      <x:c r="B5095" s="5" t="n">
+        <x:v>248.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5096" spans="1:5">
+      <x:c r="A5096" s="4">
+        <x:v>46002</x:v>
+      </x:c>
+      <x:c r="B5096" s="5" t="n">
+        <x:v>248.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5097" spans="1:5">
+      <x:c r="A5097" s="4">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="B5097" s="5" t="n">
+        <x:v>247.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5098" spans="1:5">
+      <x:c r="A5098" s="4">
+        <x:v>46006</x:v>
+      </x:c>
+      <x:c r="B5098" s="5" t="n">
+        <x:v>247.97</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>