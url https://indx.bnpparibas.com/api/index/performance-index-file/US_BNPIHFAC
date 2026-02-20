--- v1 (2025-12-16)
+++ v2 (2026-02-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc71334d5e7a84b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c28e2b4e73c846368167305eb0ae4bf4.psmdcp" Id="Rf03a3f7d9b82460e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185ab577031245fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68e79811d2c54efcb379bceecf16ef7b.psmdcp" Id="R610fd5b2e7eb4303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIHFAC *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5098" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5098"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5141" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5141"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5098"/>
+  <x:dimension ref="A1:E5141"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -41266,50 +41266,394 @@
         <x:v>248.4</x:v>
       </x:c>
     </x:row>
     <x:row r="5096" spans="1:5">
       <x:c r="A5096" s="4">
         <x:v>46002</x:v>
       </x:c>
       <x:c r="B5096" s="5" t="n">
         <x:v>248.98</x:v>
       </x:c>
     </x:row>
     <x:row r="5097" spans="1:5">
       <x:c r="A5097" s="4">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="B5097" s="5" t="n">
         <x:v>247.7</x:v>
       </x:c>
     </x:row>
     <x:row r="5098" spans="1:5">
       <x:c r="A5098" s="4">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="B5098" s="5" t="n">
         <x:v>247.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5099" spans="1:5">
+      <x:c r="A5099" s="4">
+        <x:v>46007</x:v>
+      </x:c>
+      <x:c r="B5099" s="5" t="n">
+        <x:v>247.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5100" spans="1:5">
+      <x:c r="A5100" s="4">
+        <x:v>46008</x:v>
+      </x:c>
+      <x:c r="B5100" s="5" t="n">
+        <x:v>247.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5101" spans="1:5">
+      <x:c r="A5101" s="4">
+        <x:v>46009</x:v>
+      </x:c>
+      <x:c r="B5101" s="5" t="n">
+        <x:v>247.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5102" spans="1:5">
+      <x:c r="A5102" s="4">
+        <x:v>46010</x:v>
+      </x:c>
+      <x:c r="B5102" s="5" t="n">
+        <x:v>248.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5103" spans="1:5">
+      <x:c r="A5103" s="4">
+        <x:v>46013</x:v>
+      </x:c>
+      <x:c r="B5103" s="5" t="n">
+        <x:v>248.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5104" spans="1:5">
+      <x:c r="A5104" s="4">
+        <x:v>46014</x:v>
+      </x:c>
+      <x:c r="B5104" s="5" t="n">
+        <x:v>248.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5105" spans="1:5">
+      <x:c r="A5105" s="4">
+        <x:v>46015</x:v>
+      </x:c>
+      <x:c r="B5105" s="5" t="n">
+        <x:v>249.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5106" spans="1:5">
+      <x:c r="A5106" s="4">
+        <x:v>46017</x:v>
+      </x:c>
+      <x:c r="B5106" s="5" t="n">
+        <x:v>249.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5107" spans="1:5">
+      <x:c r="A5107" s="4">
+        <x:v>46020</x:v>
+      </x:c>
+      <x:c r="B5107" s="5" t="n">
+        <x:v>249.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5108" spans="1:5">
+      <x:c r="A5108" s="4">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="B5108" s="5" t="n">
+        <x:v>249.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5109" spans="1:5">
+      <x:c r="A5109" s="4">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="B5109" s="5" t="n">
+        <x:v>248</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5110" spans="1:5">
+      <x:c r="A5110" s="4">
+        <x:v>46024</x:v>
+      </x:c>
+      <x:c r="B5110" s="5" t="n">
+        <x:v>248.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5111" spans="1:5">
+      <x:c r="A5111" s="4">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="B5111" s="5" t="n">
+        <x:v>249.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5112" spans="1:5">
+      <x:c r="A5112" s="4">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="B5112" s="5" t="n">
+        <x:v>251.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5113" spans="1:5">
+      <x:c r="A5113" s="4">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="B5113" s="5" t="n">
+        <x:v>250.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5114" spans="1:5">
+      <x:c r="A5114" s="4">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="B5114" s="5" t="n">
+        <x:v>250.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5115" spans="1:5">
+      <x:c r="A5115" s="4">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="B5115" s="5" t="n">
+        <x:v>251.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5116" spans="1:5">
+      <x:c r="A5116" s="4">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="B5116" s="5" t="n">
+        <x:v>250.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5117" spans="1:5">
+      <x:c r="A5117" s="4">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B5117" s="5" t="n">
+        <x:v>251.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5118" spans="1:5">
+      <x:c r="A5118" s="4">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B5118" s="5" t="n">
+        <x:v>251.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5119" spans="1:5">
+      <x:c r="A5119" s="4">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B5119" s="5" t="n">
+        <x:v>251.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5120" spans="1:5">
+      <x:c r="A5120" s="4">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B5120" s="5" t="n">
+        <x:v>251.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5121" spans="1:5">
+      <x:c r="A5121" s="4">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="B5121" s="5" t="n">
+        <x:v>248.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5122" spans="1:5">
+      <x:c r="A5122" s="4">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B5122" s="5" t="n">
+        <x:v>249.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5123" spans="1:5">
+      <x:c r="A5123" s="4">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B5123" s="5" t="n">
+        <x:v>250.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5124" spans="1:5">
+      <x:c r="A5124" s="4">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="B5124" s="5" t="n">
+        <x:v>250.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5125" spans="1:5">
+      <x:c r="A5125" s="4">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="B5125" s="5" t="n">
+        <x:v>250.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5126" spans="1:5">
+      <x:c r="A5126" s="4">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B5126" s="5" t="n">
+        <x:v>251.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5127" spans="1:5">
+      <x:c r="A5127" s="4">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="B5127" s="5" t="n">
+        <x:v>250.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5128" spans="1:5">
+      <x:c r="A5128" s="4">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="B5128" s="5" t="n">
+        <x:v>250.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5129" spans="1:5">
+      <x:c r="A5129" s="4">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="B5129" s="5" t="n">
+        <x:v>250.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5130" spans="1:5">
+      <x:c r="A5130" s="4">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B5130" s="5" t="n">
+        <x:v>250.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5131" spans="1:5">
+      <x:c r="A5131" s="4">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B5131" s="5" t="n">
+        <x:v>249.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5132" spans="1:5">
+      <x:c r="A5132" s="4">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B5132" s="5" t="n">
+        <x:v>249.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5133" spans="1:5">
+      <x:c r="A5133" s="4">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B5133" s="5" t="n">
+        <x:v>249.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5134" spans="1:5">
+      <x:c r="A5134" s="4">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B5134" s="5" t="n">
+        <x:v>251.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5135" spans="1:5">
+      <x:c r="A5135" s="4">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="B5135" s="5" t="n">
+        <x:v>251.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5136" spans="1:5">
+      <x:c r="A5136" s="4">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="B5136" s="5" t="n">
+        <x:v>252.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5137" spans="1:5">
+      <x:c r="A5137" s="4">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="B5137" s="5" t="n">
+        <x:v>251.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5138" spans="1:5">
+      <x:c r="A5138" s="4">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="B5138" s="5" t="n">
+        <x:v>250.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5139" spans="1:5">
+      <x:c r="A5139" s="4">
+        <x:v>46066</x:v>
+      </x:c>
+      <x:c r="B5139" s="5" t="n">
+        <x:v>251.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5140" spans="1:5">
+      <x:c r="A5140" s="4">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="B5140" s="5" t="n">
+        <x:v>251.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5141" spans="1:5">
+      <x:c r="A5141" s="4">
+        <x:v>46071</x:v>
+      </x:c>
+      <x:c r="B5141" s="5" t="n">
+        <x:v>252.69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>