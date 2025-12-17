--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdac67acc15ab404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/378b5be1dc6941849553b39aa66584c6.psmdcp" Id="R7b29c6f48c8046da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9b3c948d05b4c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bd060ff47804e34a5e4234339d7126e.psmdcp" Id="Rc932e0c741884916" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIMADT *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5964" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5964"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5997" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5997"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5964"/>
+  <x:dimension ref="A1:E5997"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -48194,50 +48194,314 @@
         <x:v>264.47</x:v>
       </x:c>
     </x:row>
     <x:row r="5962" spans="1:5">
       <x:c r="A5962" s="4">
         <x:v>45958</x:v>
       </x:c>
       <x:c r="B5962" s="5" t="n">
         <x:v>264.22</x:v>
       </x:c>
     </x:row>
     <x:row r="5963" spans="1:5">
       <x:c r="A5963" s="4">
         <x:v>45959</x:v>
       </x:c>
       <x:c r="B5963" s="5" t="n">
         <x:v>264.33</x:v>
       </x:c>
     </x:row>
     <x:row r="5964" spans="1:5">
       <x:c r="A5964" s="4">
         <x:v>45960</x:v>
       </x:c>
       <x:c r="B5964" s="5" t="n">
         <x:v>263.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5965" spans="1:5">
+      <x:c r="A5965" s="4">
+        <x:v>45961</x:v>
+      </x:c>
+      <x:c r="B5965" s="5" t="n">
+        <x:v>264.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5966" spans="1:5">
+      <x:c r="A5966" s="4">
+        <x:v>45964</x:v>
+      </x:c>
+      <x:c r="B5966" s="5" t="n">
+        <x:v>264.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5967" spans="1:5">
+      <x:c r="A5967" s="4">
+        <x:v>45965</x:v>
+      </x:c>
+      <x:c r="B5967" s="5" t="n">
+        <x:v>263.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5968" spans="1:5">
+      <x:c r="A5968" s="4">
+        <x:v>45966</x:v>
+      </x:c>
+      <x:c r="B5968" s="5" t="n">
+        <x:v>262.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5969" spans="1:5">
+      <x:c r="A5969" s="4">
+        <x:v>45967</x:v>
+      </x:c>
+      <x:c r="B5969" s="5" t="n">
+        <x:v>263.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5970" spans="1:5">
+      <x:c r="A5970" s="4">
+        <x:v>45968</x:v>
+      </x:c>
+      <x:c r="B5970" s="5" t="n">
+        <x:v>262.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5971" spans="1:5">
+      <x:c r="A5971" s="4">
+        <x:v>45971</x:v>
+      </x:c>
+      <x:c r="B5971" s="5" t="n">
+        <x:v>264.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5972" spans="1:5">
+      <x:c r="A5972" s="4">
+        <x:v>45972</x:v>
+      </x:c>
+      <x:c r="B5972" s="5" t="n">
+        <x:v>264.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5973" spans="1:5">
+      <x:c r="A5973" s="4">
+        <x:v>45973</x:v>
+      </x:c>
+      <x:c r="B5973" s="5" t="n">
+        <x:v>265.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5974" spans="1:5">
+      <x:c r="A5974" s="4">
+        <x:v>45974</x:v>
+      </x:c>
+      <x:c r="B5974" s="5" t="n">
+        <x:v>264.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5975" spans="1:5">
+      <x:c r="A5975" s="4">
+        <x:v>45975</x:v>
+      </x:c>
+      <x:c r="B5975" s="5" t="n">
+        <x:v>263.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5976" spans="1:5">
+      <x:c r="A5976" s="4">
+        <x:v>45978</x:v>
+      </x:c>
+      <x:c r="B5976" s="5" t="n">
+        <x:v>262.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5977" spans="1:5">
+      <x:c r="A5977" s="4">
+        <x:v>45979</x:v>
+      </x:c>
+      <x:c r="B5977" s="5" t="n">
+        <x:v>261.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5978" spans="1:5">
+      <x:c r="A5978" s="4">
+        <x:v>45980</x:v>
+      </x:c>
+      <x:c r="B5978" s="5" t="n">
+        <x:v>261.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5979" spans="1:5">
+      <x:c r="A5979" s="4">
+        <x:v>45981</x:v>
+      </x:c>
+      <x:c r="B5979" s="5" t="n">
+        <x:v>262.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5980" spans="1:5">
+      <x:c r="A5980" s="4">
+        <x:v>45982</x:v>
+      </x:c>
+      <x:c r="B5980" s="5" t="n">
+        <x:v>261.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5981" spans="1:5">
+      <x:c r="A5981" s="4">
+        <x:v>45985</x:v>
+      </x:c>
+      <x:c r="B5981" s="5" t="n">
+        <x:v>262.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5982" spans="1:5">
+      <x:c r="A5982" s="4">
+        <x:v>45986</x:v>
+      </x:c>
+      <x:c r="B5982" s="5" t="n">
+        <x:v>262.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5983" spans="1:5">
+      <x:c r="A5983" s="4">
+        <x:v>45987</x:v>
+      </x:c>
+      <x:c r="B5983" s="5" t="n">
+        <x:v>263.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5984" spans="1:5">
+      <x:c r="A5984" s="4">
+        <x:v>45988</x:v>
+      </x:c>
+      <x:c r="B5984" s="5" t="n">
+        <x:v>263.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5985" spans="1:5">
+      <x:c r="A5985" s="4">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="B5985" s="5" t="n">
+        <x:v>264.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5986" spans="1:5">
+      <x:c r="A5986" s="4">
+        <x:v>45992</x:v>
+      </x:c>
+      <x:c r="B5986" s="5" t="n">
+        <x:v>264.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5987" spans="1:5">
+      <x:c r="A5987" s="4">
+        <x:v>45993</x:v>
+      </x:c>
+      <x:c r="B5987" s="5" t="n">
+        <x:v>263.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5988" spans="1:5">
+      <x:c r="A5988" s="4">
+        <x:v>45994</x:v>
+      </x:c>
+      <x:c r="B5988" s="5" t="n">
+        <x:v>264.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5989" spans="1:5">
+      <x:c r="A5989" s="4">
+        <x:v>45995</x:v>
+      </x:c>
+      <x:c r="B5989" s="5" t="n">
+        <x:v>265.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5990" spans="1:5">
+      <x:c r="A5990" s="4">
+        <x:v>45996</x:v>
+      </x:c>
+      <x:c r="B5990" s="5" t="n">
+        <x:v>265.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5991" spans="1:5">
+      <x:c r="A5991" s="4">
+        <x:v>45999</x:v>
+      </x:c>
+      <x:c r="B5991" s="5" t="n">
+        <x:v>264.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5992" spans="1:5">
+      <x:c r="A5992" s="4">
+        <x:v>46000</x:v>
+      </x:c>
+      <x:c r="B5992" s="5" t="n">
+        <x:v>263.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5993" spans="1:5">
+      <x:c r="A5993" s="4">
+        <x:v>46001</x:v>
+      </x:c>
+      <x:c r="B5993" s="5" t="n">
+        <x:v>264.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5994" spans="1:5">
+      <x:c r="A5994" s="4">
+        <x:v>46002</x:v>
+      </x:c>
+      <x:c r="B5994" s="5" t="n">
+        <x:v>264.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5995" spans="1:5">
+      <x:c r="A5995" s="4">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="B5995" s="5" t="n">
+        <x:v>263.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5996" spans="1:5">
+      <x:c r="A5996" s="4">
+        <x:v>46006</x:v>
+      </x:c>
+      <x:c r="B5996" s="5" t="n">
+        <x:v>263.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5997" spans="1:5">
+      <x:c r="A5997" s="4">
+        <x:v>46007</x:v>
+      </x:c>
+      <x:c r="B5997" s="5" t="n">
+        <x:v>262.74</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>