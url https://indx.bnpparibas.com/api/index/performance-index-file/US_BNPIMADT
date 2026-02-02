--- v1 (2025-12-17)
+++ v2 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9b3c948d05b4c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bd060ff47804e34a5e4234339d7126e.psmdcp" Id="Rc932e0c741884916" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32d1a0067eec4114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/087eb09c3b3342e2ac04e67670a94012.psmdcp" Id="R8e1214ac49b94e59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIMADT *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5997" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5997"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B6027" totalsRowShown="0">
+  <x:autoFilter ref="A6:B6027"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5997"/>
+  <x:dimension ref="A1:E6027"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -48458,50 +48458,290 @@
         <x:v>264.44</x:v>
       </x:c>
     </x:row>
     <x:row r="5995" spans="1:5">
       <x:c r="A5995" s="4">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="B5995" s="5" t="n">
         <x:v>263.63</x:v>
       </x:c>
     </x:row>
     <x:row r="5996" spans="1:5">
       <x:c r="A5996" s="4">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="B5996" s="5" t="n">
         <x:v>263.4</x:v>
       </x:c>
     </x:row>
     <x:row r="5997" spans="1:5">
       <x:c r="A5997" s="4">
         <x:v>46007</x:v>
       </x:c>
       <x:c r="B5997" s="5" t="n">
         <x:v>262.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5998" spans="1:5">
+      <x:c r="A5998" s="4">
+        <x:v>46008</x:v>
+      </x:c>
+      <x:c r="B5998" s="5" t="n">
+        <x:v>262.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5999" spans="1:5">
+      <x:c r="A5999" s="4">
+        <x:v>46009</x:v>
+      </x:c>
+      <x:c r="B5999" s="5" t="n">
+        <x:v>263</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6000" spans="1:5">
+      <x:c r="A6000" s="4">
+        <x:v>46010</x:v>
+      </x:c>
+      <x:c r="B6000" s="5" t="n">
+        <x:v>263.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6001" spans="1:5">
+      <x:c r="A6001" s="4">
+        <x:v>46013</x:v>
+      </x:c>
+      <x:c r="B6001" s="5" t="n">
+        <x:v>264.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6002" spans="1:5">
+      <x:c r="A6002" s="4">
+        <x:v>46014</x:v>
+      </x:c>
+      <x:c r="B6002" s="5" t="n">
+        <x:v>264.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6003" spans="1:5">
+      <x:c r="A6003" s="4">
+        <x:v>46015</x:v>
+      </x:c>
+      <x:c r="B6003" s="5" t="n">
+        <x:v>265.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6004" spans="1:5">
+      <x:c r="A6004" s="4">
+        <x:v>46017</x:v>
+      </x:c>
+      <x:c r="B6004" s="5" t="n">
+        <x:v>265.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6005" spans="1:5">
+      <x:c r="A6005" s="4">
+        <x:v>46020</x:v>
+      </x:c>
+      <x:c r="B6005" s="5" t="n">
+        <x:v>264.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6006" spans="1:5">
+      <x:c r="A6006" s="4">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="B6006" s="5" t="n">
+        <x:v>265.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6007" spans="1:5">
+      <x:c r="A6007" s="4">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="B6007" s="5" t="n">
+        <x:v>263.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6008" spans="1:5">
+      <x:c r="A6008" s="4">
+        <x:v>46024</x:v>
+      </x:c>
+      <x:c r="B6008" s="5" t="n">
+        <x:v>263.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6009" spans="1:5">
+      <x:c r="A6009" s="4">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="B6009" s="5" t="n">
+        <x:v>265.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6010" spans="1:5">
+      <x:c r="A6010" s="4">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="B6010" s="5" t="n">
+        <x:v>266.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6011" spans="1:5">
+      <x:c r="A6011" s="4">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="B6011" s="5" t="n">
+        <x:v>266.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6012" spans="1:5">
+      <x:c r="A6012" s="4">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="B6012" s="5" t="n">
+        <x:v>265.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6013" spans="1:5">
+      <x:c r="A6013" s="4">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="B6013" s="5" t="n">
+        <x:v>266.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6014" spans="1:5">
+      <x:c r="A6014" s="4">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="B6014" s="5" t="n">
+        <x:v>267.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6015" spans="1:5">
+      <x:c r="A6015" s="4">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B6015" s="5" t="n">
+        <x:v>268.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6016" spans="1:5">
+      <x:c r="A6016" s="4">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B6016" s="5" t="n">
+        <x:v>269.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6017" spans="1:5">
+      <x:c r="A6017" s="4">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B6017" s="5" t="n">
+        <x:v>268.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6018" spans="1:5">
+      <x:c r="A6018" s="4">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B6018" s="5" t="n">
+        <x:v>267.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6019" spans="1:5">
+      <x:c r="A6019" s="4">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="B6019" s="5" t="n">
+        <x:v>266.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6020" spans="1:5">
+      <x:c r="A6020" s="4">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B6020" s="5" t="n">
+        <x:v>267.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6021" spans="1:5">
+      <x:c r="A6021" s="4">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B6021" s="5" t="n">
+        <x:v>268.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6022" spans="1:5">
+      <x:c r="A6022" s="4">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="B6022" s="5" t="n">
+        <x:v>269.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6023" spans="1:5">
+      <x:c r="A6023" s="4">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="B6023" s="5" t="n">
+        <x:v>269.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6024" spans="1:5">
+      <x:c r="A6024" s="4">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B6024" s="5" t="n">
+        <x:v>270.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6025" spans="1:5">
+      <x:c r="A6025" s="4">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="B6025" s="5" t="n">
+        <x:v>270.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6026" spans="1:5">
+      <x:c r="A6026" s="4">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="B6026" s="5" t="n">
+        <x:v>270.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6027" spans="1:5">
+      <x:c r="A6027" s="4">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="B6027" s="5" t="n">
+        <x:v>268.34</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>