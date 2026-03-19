--- v2 (2026-02-02)
+++ v3 (2026-03-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32d1a0067eec4114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/087eb09c3b3342e2ac04e67670a94012.psmdcp" Id="R8e1214ac49b94e59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc807273470884211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f32a77a6642d4250bd1f15049f2e33fa.psmdcp" Id="R652a98cf65194e6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIMADT *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B6027" totalsRowShown="0">
-  <x:autoFilter ref="A6:B6027"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B6059" totalsRowShown="0">
+  <x:autoFilter ref="A6:B6059"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E6027"/>
+  <x:dimension ref="A1:E6059"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -48698,50 +48698,306 @@
         <x:v>270.15</x:v>
       </x:c>
     </x:row>
     <x:row r="6025" spans="1:5">
       <x:c r="A6025" s="4">
         <x:v>46050</x:v>
       </x:c>
       <x:c r="B6025" s="5" t="n">
         <x:v>270.94</x:v>
       </x:c>
     </x:row>
     <x:row r="6026" spans="1:5">
       <x:c r="A6026" s="4">
         <x:v>46051</x:v>
       </x:c>
       <x:c r="B6026" s="5" t="n">
         <x:v>270.83</x:v>
       </x:c>
     </x:row>
     <x:row r="6027" spans="1:5">
       <x:c r="A6027" s="4">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="B6027" s="5" t="n">
         <x:v>268.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6028" spans="1:5">
+      <x:c r="A6028" s="4">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B6028" s="5" t="n">
+        <x:v>267.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6029" spans="1:5">
+      <x:c r="A6029" s="4">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B6029" s="5" t="n">
+        <x:v>269.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6030" spans="1:5">
+      <x:c r="A6030" s="4">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B6030" s="5" t="n">
+        <x:v>269.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6031" spans="1:5">
+      <x:c r="A6031" s="4">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B6031" s="5" t="n">
+        <x:v>268.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6032" spans="1:5">
+      <x:c r="A6032" s="4">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B6032" s="5" t="n">
+        <x:v>269.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6033" spans="1:5">
+      <x:c r="A6033" s="4">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="B6033" s="5" t="n">
+        <x:v>271.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6034" spans="1:5">
+      <x:c r="A6034" s="4">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="B6034" s="5" t="n">
+        <x:v>272.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6035" spans="1:5">
+      <x:c r="A6035" s="4">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="B6035" s="5" t="n">
+        <x:v>272.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6036" spans="1:5">
+      <x:c r="A6036" s="4">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="B6036" s="5" t="n">
+        <x:v>271.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6037" spans="1:5">
+      <x:c r="A6037" s="4">
+        <x:v>46066</x:v>
+      </x:c>
+      <x:c r="B6037" s="5" t="n">
+        <x:v>271.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6038" spans="1:5">
+      <x:c r="A6038" s="4">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="B6038" s="5" t="n">
+        <x:v>271.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6039" spans="1:5">
+      <x:c r="A6039" s="4">
+        <x:v>46071</x:v>
+      </x:c>
+      <x:c r="B6039" s="5" t="n">
+        <x:v>272.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6040" spans="1:5">
+      <x:c r="A6040" s="4">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B6040" s="5" t="n">
+        <x:v>272.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6041" spans="1:5">
+      <x:c r="A6041" s="4">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B6041" s="5" t="n">
+        <x:v>272.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6042" spans="1:5">
+      <x:c r="A6042" s="4">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="B6042" s="5" t="n">
+        <x:v>272.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6043" spans="1:5">
+      <x:c r="A6043" s="4">
+        <x:v>46077</x:v>
+      </x:c>
+      <x:c r="B6043" s="5" t="n">
+        <x:v>272.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6044" spans="1:5">
+      <x:c r="A6044" s="4">
+        <x:v>46078</x:v>
+      </x:c>
+      <x:c r="B6044" s="5" t="n">
+        <x:v>274.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6045" spans="1:5">
+      <x:c r="A6045" s="4">
+        <x:v>46079</x:v>
+      </x:c>
+      <x:c r="B6045" s="5" t="n">
+        <x:v>274.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6046" spans="1:5">
+      <x:c r="A6046" s="4">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B6046" s="5" t="n">
+        <x:v>274.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6047" spans="1:5">
+      <x:c r="A6047" s="4">
+        <x:v>46083</x:v>
+      </x:c>
+      <x:c r="B6047" s="5" t="n">
+        <x:v>272.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6048" spans="1:5">
+      <x:c r="A6048" s="4">
+        <x:v>46084</x:v>
+      </x:c>
+      <x:c r="B6048" s="5" t="n">
+        <x:v>269.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6049" spans="1:5">
+      <x:c r="A6049" s="4">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B6049" s="5" t="n">
+        <x:v>269.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6050" spans="1:5">
+      <x:c r="A6050" s="4">
+        <x:v>46086</x:v>
+      </x:c>
+      <x:c r="B6050" s="5" t="n">
+        <x:v>268.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6051" spans="1:5">
+      <x:c r="A6051" s="4">
+        <x:v>46087</x:v>
+      </x:c>
+      <x:c r="B6051" s="5" t="n">
+        <x:v>268.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6052" spans="1:5">
+      <x:c r="A6052" s="4">
+        <x:v>46090</x:v>
+      </x:c>
+      <x:c r="B6052" s="5" t="n">
+        <x:v>267</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6053" spans="1:5">
+      <x:c r="A6053" s="4">
+        <x:v>46091</x:v>
+      </x:c>
+      <x:c r="B6053" s="5" t="n">
+        <x:v>268.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6054" spans="1:5">
+      <x:c r="A6054" s="4">
+        <x:v>46092</x:v>
+      </x:c>
+      <x:c r="B6054" s="5" t="n">
+        <x:v>267.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6055" spans="1:5">
+      <x:c r="A6055" s="4">
+        <x:v>46093</x:v>
+      </x:c>
+      <x:c r="B6055" s="5" t="n">
+        <x:v>267.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6056" spans="1:5">
+      <x:c r="A6056" s="4">
+        <x:v>46094</x:v>
+      </x:c>
+      <x:c r="B6056" s="5" t="n">
+        <x:v>266.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6057" spans="1:5">
+      <x:c r="A6057" s="4">
+        <x:v>46097</x:v>
+      </x:c>
+      <x:c r="B6057" s="5" t="n">
+        <x:v>266.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6058" spans="1:5">
+      <x:c r="A6058" s="4">
+        <x:v>46098</x:v>
+      </x:c>
+      <x:c r="B6058" s="5" t="n">
+        <x:v>266.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6059" spans="1:5">
+      <x:c r="A6059" s="4">
+        <x:v>46099</x:v>
+      </x:c>
+      <x:c r="B6059" s="5" t="n">
+        <x:v>266.84</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>