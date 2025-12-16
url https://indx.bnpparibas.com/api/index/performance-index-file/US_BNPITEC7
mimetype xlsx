--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f1c96a1f13d42fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a91db832baa04c62a0159068185dda76.psmdcp" Id="Rb391eeae24c043a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c1dd7f70de4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc51d916be514b79bc70abce304885bf.psmdcp" Id="Ra98f0b96db4940dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPITEC7 *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5502" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5502"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5532" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5532"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5502"/>
+  <x:dimension ref="A1:E5532"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -44498,50 +44498,290 @@
         <x:v>341.42</x:v>
       </x:c>
     </x:row>
     <x:row r="5500" spans="1:5">
       <x:c r="A5500" s="4">
         <x:v>45959</x:v>
       </x:c>
       <x:c r="B5500" s="5" t="n">
         <x:v>340.75</x:v>
       </x:c>
     </x:row>
     <x:row r="5501" spans="1:5">
       <x:c r="A5501" s="4">
         <x:v>45960</x:v>
       </x:c>
       <x:c r="B5501" s="5" t="n">
         <x:v>338.32</x:v>
       </x:c>
     </x:row>
     <x:row r="5502" spans="1:5">
       <x:c r="A5502" s="4">
         <x:v>45961</x:v>
       </x:c>
       <x:c r="B5502" s="5" t="n">
         <x:v>338.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5503" spans="1:5">
+      <x:c r="A5503" s="4">
+        <x:v>45964</x:v>
+      </x:c>
+      <x:c r="B5503" s="5" t="n">
+        <x:v>339.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5504" spans="1:5">
+      <x:c r="A5504" s="4">
+        <x:v>45965</x:v>
+      </x:c>
+      <x:c r="B5504" s="5" t="n">
+        <x:v>336.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5505" spans="1:5">
+      <x:c r="A5505" s="4">
+        <x:v>45966</x:v>
+      </x:c>
+      <x:c r="B5505" s="5" t="n">
+        <x:v>336.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5506" spans="1:5">
+      <x:c r="A5506" s="4">
+        <x:v>45967</x:v>
+      </x:c>
+      <x:c r="B5506" s="5" t="n">
+        <x:v>335.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5507" spans="1:5">
+      <x:c r="A5507" s="4">
+        <x:v>45968</x:v>
+      </x:c>
+      <x:c r="B5507" s="5" t="n">
+        <x:v>335.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5508" spans="1:5">
+      <x:c r="A5508" s="4">
+        <x:v>45971</x:v>
+      </x:c>
+      <x:c r="B5508" s="5" t="n">
+        <x:v>337.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5509" spans="1:5">
+      <x:c r="A5509" s="4">
+        <x:v>45972</x:v>
+      </x:c>
+      <x:c r="B5509" s="5" t="n">
+        <x:v>337.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5510" spans="1:5">
+      <x:c r="A5510" s="4">
+        <x:v>45973</x:v>
+      </x:c>
+      <x:c r="B5510" s="5" t="n">
+        <x:v>337.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5511" spans="1:5">
+      <x:c r="A5511" s="4">
+        <x:v>45974</x:v>
+      </x:c>
+      <x:c r="B5511" s="5" t="n">
+        <x:v>334.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5512" spans="1:5">
+      <x:c r="A5512" s="4">
+        <x:v>45975</x:v>
+      </x:c>
+      <x:c r="B5512" s="5" t="n">
+        <x:v>333.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5513" spans="1:5">
+      <x:c r="A5513" s="4">
+        <x:v>45978</x:v>
+      </x:c>
+      <x:c r="B5513" s="5" t="n">
+        <x:v>333.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5514" spans="1:5">
+      <x:c r="A5514" s="4">
+        <x:v>45979</x:v>
+      </x:c>
+      <x:c r="B5514" s="5" t="n">
+        <x:v>332.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5515" spans="1:5">
+      <x:c r="A5515" s="4">
+        <x:v>45980</x:v>
+      </x:c>
+      <x:c r="B5515" s="5" t="n">
+        <x:v>332.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5516" spans="1:5">
+      <x:c r="A5516" s="4">
+        <x:v>45981</x:v>
+      </x:c>
+      <x:c r="B5516" s="5" t="n">
+        <x:v>330.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5517" spans="1:5">
+      <x:c r="A5517" s="4">
+        <x:v>45982</x:v>
+      </x:c>
+      <x:c r="B5517" s="5" t="n">
+        <x:v>331.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5518" spans="1:5">
+      <x:c r="A5518" s="4">
+        <x:v>45985</x:v>
+      </x:c>
+      <x:c r="B5518" s="5" t="n">
+        <x:v>334.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5519" spans="1:5">
+      <x:c r="A5519" s="4">
+        <x:v>45986</x:v>
+      </x:c>
+      <x:c r="B5519" s="5" t="n">
+        <x:v>335.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5520" spans="1:5">
+      <x:c r="A5520" s="4">
+        <x:v>45987</x:v>
+      </x:c>
+      <x:c r="B5520" s="5" t="n">
+        <x:v>336.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5521" spans="1:5">
+      <x:c r="A5521" s="4">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="B5521" s="5" t="n">
+        <x:v>336.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5522" spans="1:5">
+      <x:c r="A5522" s="4">
+        <x:v>45992</x:v>
+      </x:c>
+      <x:c r="B5522" s="5" t="n">
+        <x:v>335.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5523" spans="1:5">
+      <x:c r="A5523" s="4">
+        <x:v>45993</x:v>
+      </x:c>
+      <x:c r="B5523" s="5" t="n">
+        <x:v>336.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5524" spans="1:5">
+      <x:c r="A5524" s="4">
+        <x:v>45994</x:v>
+      </x:c>
+      <x:c r="B5524" s="5" t="n">
+        <x:v>336.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5525" spans="1:5">
+      <x:c r="A5525" s="4">
+        <x:v>45995</x:v>
+      </x:c>
+      <x:c r="B5525" s="5" t="n">
+        <x:v>336.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5526" spans="1:5">
+      <x:c r="A5526" s="4">
+        <x:v>45996</x:v>
+      </x:c>
+      <x:c r="B5526" s="5" t="n">
+        <x:v>336.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5527" spans="1:5">
+      <x:c r="A5527" s="4">
+        <x:v>45999</x:v>
+      </x:c>
+      <x:c r="B5527" s="5" t="n">
+        <x:v>335.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5528" spans="1:5">
+      <x:c r="A5528" s="4">
+        <x:v>46000</x:v>
+      </x:c>
+      <x:c r="B5528" s="5" t="n">
+        <x:v>335.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5529" spans="1:5">
+      <x:c r="A5529" s="4">
+        <x:v>46001</x:v>
+      </x:c>
+      <x:c r="B5529" s="5" t="n">
+        <x:v>336.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5530" spans="1:5">
+      <x:c r="A5530" s="4">
+        <x:v>46002</x:v>
+      </x:c>
+      <x:c r="B5530" s="5" t="n">
+        <x:v>335.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5531" spans="1:5">
+      <x:c r="A5531" s="4">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="B5531" s="5" t="n">
+        <x:v>333.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5532" spans="1:5">
+      <x:c r="A5532" s="4">
+        <x:v>46006</x:v>
+      </x:c>
+      <x:c r="B5532" s="5" t="n">
+        <x:v>333.13</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>