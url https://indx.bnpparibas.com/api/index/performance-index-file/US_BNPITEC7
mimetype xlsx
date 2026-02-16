--- v1 (2025-12-16)
+++ v2 (2026-02-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c1dd7f70de4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dc51d916be514b79bc70abce304885bf.psmdcp" Id="Ra98f0b96db4940dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658d1e4b321b4ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de82b1de26c94e8b925cd5c228c0e997.psmdcp" Id="Rc0c2441abc354905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPITEC7 *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5532" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5532"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5573" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5573"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5532"/>
+  <x:dimension ref="A1:E5573"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -44738,50 +44738,378 @@
         <x:v>336.02</x:v>
       </x:c>
     </x:row>
     <x:row r="5530" spans="1:5">
       <x:c r="A5530" s="4">
         <x:v>46002</x:v>
       </x:c>
       <x:c r="B5530" s="5" t="n">
         <x:v>335.98</x:v>
       </x:c>
     </x:row>
     <x:row r="5531" spans="1:5">
       <x:c r="A5531" s="4">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="B5531" s="5" t="n">
         <x:v>333.52</x:v>
       </x:c>
     </x:row>
     <x:row r="5532" spans="1:5">
       <x:c r="A5532" s="4">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="B5532" s="5" t="n">
         <x:v>333.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5533" spans="1:5">
+      <x:c r="A5533" s="4">
+        <x:v>46007</x:v>
+      </x:c>
+      <x:c r="B5533" s="5" t="n">
+        <x:v>333.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5534" spans="1:5">
+      <x:c r="A5534" s="4">
+        <x:v>46008</x:v>
+      </x:c>
+      <x:c r="B5534" s="5" t="n">
+        <x:v>331.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5535" spans="1:5">
+      <x:c r="A5535" s="4">
+        <x:v>46009</x:v>
+      </x:c>
+      <x:c r="B5535" s="5" t="n">
+        <x:v>333.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5536" spans="1:5">
+      <x:c r="A5536" s="4">
+        <x:v>46010</x:v>
+      </x:c>
+      <x:c r="B5536" s="5" t="n">
+        <x:v>334.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5537" spans="1:5">
+      <x:c r="A5537" s="4">
+        <x:v>46013</x:v>
+      </x:c>
+      <x:c r="B5537" s="5" t="n">
+        <x:v>334.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5538" spans="1:5">
+      <x:c r="A5538" s="4">
+        <x:v>46014</x:v>
+      </x:c>
+      <x:c r="B5538" s="5" t="n">
+        <x:v>334.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5539" spans="1:5">
+      <x:c r="A5539" s="4">
+        <x:v>46015</x:v>
+      </x:c>
+      <x:c r="B5539" s="5" t="n">
+        <x:v>335.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5540" spans="1:5">
+      <x:c r="A5540" s="4">
+        <x:v>46017</x:v>
+      </x:c>
+      <x:c r="B5540" s="5" t="n">
+        <x:v>335.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5541" spans="1:5">
+      <x:c r="A5541" s="4">
+        <x:v>46020</x:v>
+      </x:c>
+      <x:c r="B5541" s="5" t="n">
+        <x:v>335.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5542" spans="1:5">
+      <x:c r="A5542" s="4">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="B5542" s="5" t="n">
+        <x:v>334.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5543" spans="1:5">
+      <x:c r="A5543" s="4">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="B5543" s="5" t="n">
+        <x:v>333.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5544" spans="1:5">
+      <x:c r="A5544" s="4">
+        <x:v>46024</x:v>
+      </x:c>
+      <x:c r="B5544" s="5" t="n">
+        <x:v>332.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5545" spans="1:5">
+      <x:c r="A5545" s="4">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="B5545" s="5" t="n">
+        <x:v>333.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5546" spans="1:5">
+      <x:c r="A5546" s="4">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="B5546" s="5" t="n">
+        <x:v>334.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5547" spans="1:5">
+      <x:c r="A5547" s="4">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="B5547" s="5" t="n">
+        <x:v>335.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5548" spans="1:5">
+      <x:c r="A5548" s="4">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="B5548" s="5" t="n">
+        <x:v>334.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5549" spans="1:5">
+      <x:c r="A5549" s="4">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="B5549" s="5" t="n">
+        <x:v>335.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5550" spans="1:5">
+      <x:c r="A5550" s="4">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="B5550" s="5" t="n">
+        <x:v>335.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5551" spans="1:5">
+      <x:c r="A5551" s="4">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B5551" s="5" t="n">
+        <x:v>335.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5552" spans="1:5">
+      <x:c r="A5552" s="4">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B5552" s="5" t="n">
+        <x:v>334.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5553" spans="1:5">
+      <x:c r="A5553" s="4">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B5553" s="5" t="n">
+        <x:v>334.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5554" spans="1:5">
+      <x:c r="A5554" s="4">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B5554" s="5" t="n">
+        <x:v>333.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5555" spans="1:5">
+      <x:c r="A5555" s="4">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="B5555" s="5" t="n">
+        <x:v>329.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5556" spans="1:5">
+      <x:c r="A5556" s="4">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B5556" s="5" t="n">
+        <x:v>332.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5557" spans="1:5">
+      <x:c r="A5557" s="4">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B5557" s="5" t="n">
+        <x:v>332.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5558" spans="1:5">
+      <x:c r="A5558" s="4">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="B5558" s="5" t="n">
+        <x:v>333.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5559" spans="1:5">
+      <x:c r="A5559" s="4">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="B5559" s="5" t="n">
+        <x:v>334.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5560" spans="1:5">
+      <x:c r="A5560" s="4">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B5560" s="5" t="n">
+        <x:v>335.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5561" spans="1:5">
+      <x:c r="A5561" s="4">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="B5561" s="5" t="n">
+        <x:v>335.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5562" spans="1:5">
+      <x:c r="A5562" s="4">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="B5562" s="5" t="n">
+        <x:v>334.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5563" spans="1:5">
+      <x:c r="A5563" s="4">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="B5563" s="5" t="n">
+        <x:v>333.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5564" spans="1:5">
+      <x:c r="A5564" s="4">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B5564" s="5" t="n">
+        <x:v>333.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5565" spans="1:5">
+      <x:c r="A5565" s="4">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B5565" s="5" t="n">
+        <x:v>331.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5566" spans="1:5">
+      <x:c r="A5566" s="4">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B5566" s="5" t="n">
+        <x:v>329.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5567" spans="1:5">
+      <x:c r="A5567" s="4">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B5567" s="5" t="n">
+        <x:v>328.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5568" spans="1:5">
+      <x:c r="A5568" s="4">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B5568" s="5" t="n">
+        <x:v>330.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5569" spans="1:5">
+      <x:c r="A5569" s="4">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="B5569" s="5" t="n">
+        <x:v>331.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5570" spans="1:5">
+      <x:c r="A5570" s="4">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="B5570" s="5" t="n">
+        <x:v>331.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5571" spans="1:5">
+      <x:c r="A5571" s="4">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="B5571" s="5" t="n">
+        <x:v>331.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5572" spans="1:5">
+      <x:c r="A5572" s="4">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="B5572" s="5" t="n">
+        <x:v>330.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5573" spans="1:5">
+      <x:c r="A5573" s="4">
+        <x:v>46066</x:v>
+      </x:c>
+      <x:c r="B5573" s="5" t="n">
+        <x:v>330.89</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>