--- v0 (2025-10-10)
+++ v1 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra56ec038e5eb48b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a32d397918c42c18644b21a59fa1331.psmdcp" Id="Rd109d2292b0a4ee2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8385018b78b0479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fbfaf2968b2f4e7abf95f968cce578ee.psmdcp" Id="Rad6a107996f34523" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIUGMA *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5160" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5160"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5207" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5207"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5160"/>
+  <x:dimension ref="A1:E5207"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -41762,50 +41762,426 @@
         <x:v>253.88</x:v>
       </x:c>
     </x:row>
     <x:row r="5158" spans="1:5">
       <x:c r="A5158" s="4">
         <x:v>45937</x:v>
       </x:c>
       <x:c r="B5158" s="5" t="n">
         <x:v>254.68</x:v>
       </x:c>
     </x:row>
     <x:row r="5159" spans="1:5">
       <x:c r="A5159" s="4">
         <x:v>45938</x:v>
       </x:c>
       <x:c r="B5159" s="5" t="n">
         <x:v>255.78</x:v>
       </x:c>
     </x:row>
     <x:row r="5160" spans="1:5">
       <x:c r="A5160" s="4">
         <x:v>45939</x:v>
       </x:c>
       <x:c r="B5160" s="5" t="n">
         <x:v>253.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5161" spans="1:5">
+      <x:c r="A5161" s="4">
+        <x:v>45940</x:v>
+      </x:c>
+      <x:c r="B5161" s="5" t="n">
+        <x:v>254.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5162" spans="1:5">
+      <x:c r="A5162" s="4">
+        <x:v>45943</x:v>
+      </x:c>
+      <x:c r="B5162" s="5" t="n">
+        <x:v>256.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5163" spans="1:5">
+      <x:c r="A5163" s="4">
+        <x:v>45944</x:v>
+      </x:c>
+      <x:c r="B5163" s="5" t="n">
+        <x:v>257.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5164" spans="1:5">
+      <x:c r="A5164" s="4">
+        <x:v>45945</x:v>
+      </x:c>
+      <x:c r="B5164" s="5" t="n">
+        <x:v>257.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5165" spans="1:5">
+      <x:c r="A5165" s="4">
+        <x:v>45946</x:v>
+      </x:c>
+      <x:c r="B5165" s="5" t="n">
+        <x:v>259</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5166" spans="1:5">
+      <x:c r="A5166" s="4">
+        <x:v>45947</x:v>
+      </x:c>
+      <x:c r="B5166" s="5" t="n">
+        <x:v>257.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5167" spans="1:5">
+      <x:c r="A5167" s="4">
+        <x:v>45950</x:v>
+      </x:c>
+      <x:c r="B5167" s="5" t="n">
+        <x:v>259.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5168" spans="1:5">
+      <x:c r="A5168" s="4">
+        <x:v>45951</x:v>
+      </x:c>
+      <x:c r="B5168" s="5" t="n">
+        <x:v>257.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5169" spans="1:5">
+      <x:c r="A5169" s="4">
+        <x:v>45952</x:v>
+      </x:c>
+      <x:c r="B5169" s="5" t="n">
+        <x:v>257.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5170" spans="1:5">
+      <x:c r="A5170" s="4">
+        <x:v>45953</x:v>
+      </x:c>
+      <x:c r="B5170" s="5" t="n">
+        <x:v>258.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5171" spans="1:5">
+      <x:c r="A5171" s="4">
+        <x:v>45954</x:v>
+      </x:c>
+      <x:c r="B5171" s="5" t="n">
+        <x:v>258.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5172" spans="1:5">
+      <x:c r="A5172" s="4">
+        <x:v>45957</x:v>
+      </x:c>
+      <x:c r="B5172" s="5" t="n">
+        <x:v>257.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5173" spans="1:5">
+      <x:c r="A5173" s="4">
+        <x:v>45958</x:v>
+      </x:c>
+      <x:c r="B5173" s="5" t="n">
+        <x:v>256.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5174" spans="1:5">
+      <x:c r="A5174" s="4">
+        <x:v>45959</x:v>
+      </x:c>
+      <x:c r="B5174" s="5" t="n">
+        <x:v>254.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5175" spans="1:5">
+      <x:c r="A5175" s="4">
+        <x:v>45960</x:v>
+      </x:c>
+      <x:c r="B5175" s="5" t="n">
+        <x:v>254.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5176" spans="1:5">
+      <x:c r="A5176" s="4">
+        <x:v>45961</x:v>
+      </x:c>
+      <x:c r="B5176" s="5" t="n">
+        <x:v>254.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5177" spans="1:5">
+      <x:c r="A5177" s="4">
+        <x:v>45964</x:v>
+      </x:c>
+      <x:c r="B5177" s="5" t="n">
+        <x:v>254.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5178" spans="1:5">
+      <x:c r="A5178" s="4">
+        <x:v>45965</x:v>
+      </x:c>
+      <x:c r="B5178" s="5" t="n">
+        <x:v>254.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5179" spans="1:5">
+      <x:c r="A5179" s="4">
+        <x:v>45966</x:v>
+      </x:c>
+      <x:c r="B5179" s="5" t="n">
+        <x:v>253.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5180" spans="1:5">
+      <x:c r="A5180" s="4">
+        <x:v>45967</x:v>
+      </x:c>
+      <x:c r="B5180" s="5" t="n">
+        <x:v>254.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5181" spans="1:5">
+      <x:c r="A5181" s="4">
+        <x:v>45968</x:v>
+      </x:c>
+      <x:c r="B5181" s="5" t="n">
+        <x:v>254.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5182" spans="1:5">
+      <x:c r="A5182" s="4">
+        <x:v>45971</x:v>
+      </x:c>
+      <x:c r="B5182" s="5" t="n">
+        <x:v>255.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5183" spans="1:5">
+      <x:c r="A5183" s="4">
+        <x:v>45972</x:v>
+      </x:c>
+      <x:c r="B5183" s="5" t="n">
+        <x:v>256.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5184" spans="1:5">
+      <x:c r="A5184" s="4">
+        <x:v>45973</x:v>
+      </x:c>
+      <x:c r="B5184" s="5" t="n">
+        <x:v>257.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5185" spans="1:5">
+      <x:c r="A5185" s="4">
+        <x:v>45974</x:v>
+      </x:c>
+      <x:c r="B5185" s="5" t="n">
+        <x:v>256.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5186" spans="1:5">
+      <x:c r="A5186" s="4">
+        <x:v>45975</x:v>
+      </x:c>
+      <x:c r="B5186" s="5" t="n">
+        <x:v>256.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5187" spans="1:5">
+      <x:c r="A5187" s="4">
+        <x:v>45978</x:v>
+      </x:c>
+      <x:c r="B5187" s="5" t="n">
+        <x:v>255.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5188" spans="1:5">
+      <x:c r="A5188" s="4">
+        <x:v>45979</x:v>
+      </x:c>
+      <x:c r="B5188" s="5" t="n">
+        <x:v>255.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5189" spans="1:5">
+      <x:c r="A5189" s="4">
+        <x:v>45980</x:v>
+      </x:c>
+      <x:c r="B5189" s="5" t="n">
+        <x:v>255.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5190" spans="1:5">
+      <x:c r="A5190" s="4">
+        <x:v>45981</x:v>
+      </x:c>
+      <x:c r="B5190" s="5" t="n">
+        <x:v>255.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5191" spans="1:5">
+      <x:c r="A5191" s="4">
+        <x:v>45982</x:v>
+      </x:c>
+      <x:c r="B5191" s="5" t="n">
+        <x:v>255.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5192" spans="1:5">
+      <x:c r="A5192" s="4">
+        <x:v>45985</x:v>
+      </x:c>
+      <x:c r="B5192" s="5" t="n">
+        <x:v>256.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5193" spans="1:5">
+      <x:c r="A5193" s="4">
+        <x:v>45986</x:v>
+      </x:c>
+      <x:c r="B5193" s="5" t="n">
+        <x:v>256.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5194" spans="1:5">
+      <x:c r="A5194" s="4">
+        <x:v>45987</x:v>
+      </x:c>
+      <x:c r="B5194" s="5" t="n">
+        <x:v>257.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5195" spans="1:5">
+      <x:c r="A5195" s="4">
+        <x:v>45988</x:v>
+      </x:c>
+      <x:c r="B5195" s="5" t="n">
+        <x:v>257.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5196" spans="1:5">
+      <x:c r="A5196" s="4">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="B5196" s="5" t="n">
+        <x:v>258.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5197" spans="1:5">
+      <x:c r="A5197" s="4">
+        <x:v>45992</x:v>
+      </x:c>
+      <x:c r="B5197" s="5" t="n">
+        <x:v>258.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5198" spans="1:5">
+      <x:c r="A5198" s="4">
+        <x:v>45993</x:v>
+      </x:c>
+      <x:c r="B5198" s="5" t="n">
+        <x:v>257.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5199" spans="1:5">
+      <x:c r="A5199" s="4">
+        <x:v>45994</x:v>
+      </x:c>
+      <x:c r="B5199" s="5" t="n">
+        <x:v>258.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5200" spans="1:5">
+      <x:c r="A5200" s="4">
+        <x:v>45995</x:v>
+      </x:c>
+      <x:c r="B5200" s="5" t="n">
+        <x:v>258.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5201" spans="1:5">
+      <x:c r="A5201" s="4">
+        <x:v>45996</x:v>
+      </x:c>
+      <x:c r="B5201" s="5" t="n">
+        <x:v>258.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5202" spans="1:5">
+      <x:c r="A5202" s="4">
+        <x:v>45999</x:v>
+      </x:c>
+      <x:c r="B5202" s="5" t="n">
+        <x:v>257.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5203" spans="1:5">
+      <x:c r="A5203" s="4">
+        <x:v>46000</x:v>
+      </x:c>
+      <x:c r="B5203" s="5" t="n">
+        <x:v>256.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5204" spans="1:5">
+      <x:c r="A5204" s="4">
+        <x:v>46001</x:v>
+      </x:c>
+      <x:c r="B5204" s="5" t="n">
+        <x:v>257.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5205" spans="1:5">
+      <x:c r="A5205" s="4">
+        <x:v>46002</x:v>
+      </x:c>
+      <x:c r="B5205" s="5" t="n">
+        <x:v>258.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5206" spans="1:5">
+      <x:c r="A5206" s="4">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="B5206" s="5" t="n">
+        <x:v>257.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5207" spans="1:5">
+      <x:c r="A5207" s="4">
+        <x:v>46006</x:v>
+      </x:c>
+      <x:c r="B5207" s="5" t="n">
+        <x:v>257.61</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>