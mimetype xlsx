--- v1 (2025-12-17)
+++ v2 (2026-02-11)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8385018b78b0479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fbfaf2968b2f4e7abf95f968cce578ee.psmdcp" Id="Rad6a107996f34523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f22bd784374572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea9bcd88e7124c688ad15519025d44ba.psmdcp" Id="Rad431a4cc0614427" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIUGMA *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5207" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5207"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5244" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5244"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5207"/>
+  <x:dimension ref="A1:E5244"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -42138,50 +42138,346 @@
         <x:v>257.33</x:v>
       </x:c>
     </x:row>
     <x:row r="5205" spans="1:5">
       <x:c r="A5205" s="4">
         <x:v>46002</x:v>
       </x:c>
       <x:c r="B5205" s="5" t="n">
         <x:v>258.21</x:v>
       </x:c>
     </x:row>
     <x:row r="5206" spans="1:5">
       <x:c r="A5206" s="4">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="B5206" s="5" t="n">
         <x:v>257.37</x:v>
       </x:c>
     </x:row>
     <x:row r="5207" spans="1:5">
       <x:c r="A5207" s="4">
         <x:v>46006</x:v>
       </x:c>
       <x:c r="B5207" s="5" t="n">
         <x:v>257.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5208" spans="1:5">
+      <x:c r="A5208" s="4">
+        <x:v>46007</x:v>
+      </x:c>
+      <x:c r="B5208" s="5" t="n">
+        <x:v>257.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5209" spans="1:5">
+      <x:c r="A5209" s="4">
+        <x:v>46008</x:v>
+      </x:c>
+      <x:c r="B5209" s="5" t="n">
+        <x:v>258.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5210" spans="1:5">
+      <x:c r="A5210" s="4">
+        <x:v>46009</x:v>
+      </x:c>
+      <x:c r="B5210" s="5" t="n">
+        <x:v>258.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5211" spans="1:5">
+      <x:c r="A5211" s="4">
+        <x:v>46010</x:v>
+      </x:c>
+      <x:c r="B5211" s="5" t="n">
+        <x:v>258.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5212" spans="1:5">
+      <x:c r="A5212" s="4">
+        <x:v>46013</x:v>
+      </x:c>
+      <x:c r="B5212" s="5" t="n">
+        <x:v>259.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5213" spans="1:5">
+      <x:c r="A5213" s="4">
+        <x:v>46014</x:v>
+      </x:c>
+      <x:c r="B5213" s="5" t="n">
+        <x:v>259.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5214" spans="1:5">
+      <x:c r="A5214" s="4">
+        <x:v>46015</x:v>
+      </x:c>
+      <x:c r="B5214" s="5" t="n">
+        <x:v>260.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5215" spans="1:5">
+      <x:c r="A5215" s="4">
+        <x:v>46017</x:v>
+      </x:c>
+      <x:c r="B5215" s="5" t="n">
+        <x:v>260.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5216" spans="1:5">
+      <x:c r="A5216" s="4">
+        <x:v>46020</x:v>
+      </x:c>
+      <x:c r="B5216" s="5" t="n">
+        <x:v>259.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5217" spans="1:5">
+      <x:c r="A5217" s="4">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="B5217" s="5" t="n">
+        <x:v>260.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5218" spans="1:5">
+      <x:c r="A5218" s="4">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="B5218" s="5" t="n">
+        <x:v>258.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5219" spans="1:5">
+      <x:c r="A5219" s="4">
+        <x:v>46024</x:v>
+      </x:c>
+      <x:c r="B5219" s="5" t="n">
+        <x:v>258.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5220" spans="1:5">
+      <x:c r="A5220" s="4">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="B5220" s="5" t="n">
+        <x:v>259.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5221" spans="1:5">
+      <x:c r="A5221" s="4">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="B5221" s="5" t="n">
+        <x:v>260.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5222" spans="1:5">
+      <x:c r="A5222" s="4">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="B5222" s="5" t="n">
+        <x:v>259.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5223" spans="1:5">
+      <x:c r="A5223" s="4">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="B5223" s="5" t="n">
+        <x:v>259.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5224" spans="1:5">
+      <x:c r="A5224" s="4">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="B5224" s="5" t="n">
+        <x:v>260.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5225" spans="1:5">
+      <x:c r="A5225" s="4">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="B5225" s="5" t="n">
+        <x:v>261.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5226" spans="1:5">
+      <x:c r="A5226" s="4">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B5226" s="5" t="n">
+        <x:v>261.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5227" spans="1:5">
+      <x:c r="A5227" s="4">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B5227" s="5" t="n">
+        <x:v>262.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5228" spans="1:5">
+      <x:c r="A5228" s="4">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B5228" s="5" t="n">
+        <x:v>262.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5229" spans="1:5">
+      <x:c r="A5229" s="4">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B5229" s="5" t="n">
+        <x:v>261.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5230" spans="1:5">
+      <x:c r="A5230" s="4">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="B5230" s="5" t="n">
+        <x:v>261.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5231" spans="1:5">
+      <x:c r="A5231" s="4">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B5231" s="5" t="n">
+        <x:v>262.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5232" spans="1:5">
+      <x:c r="A5232" s="4">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B5232" s="5" t="n">
+        <x:v>263.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5233" spans="1:5">
+      <x:c r="A5233" s="4">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="B5233" s="5" t="n">
+        <x:v>264.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5234" spans="1:5">
+      <x:c r="A5234" s="4">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="B5234" s="5" t="n">
+        <x:v>265.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5235" spans="1:5">
+      <x:c r="A5235" s="4">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B5235" s="5" t="n">
+        <x:v>264.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5236" spans="1:5">
+      <x:c r="A5236" s="4">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="B5236" s="5" t="n">
+        <x:v>265.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5237" spans="1:5">
+      <x:c r="A5237" s="4">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="B5237" s="5" t="n">
+        <x:v>265.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5238" spans="1:5">
+      <x:c r="A5238" s="4">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="B5238" s="5" t="n">
+        <x:v>261.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5239" spans="1:5">
+      <x:c r="A5239" s="4">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B5239" s="5" t="n">
+        <x:v>260.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5240" spans="1:5">
+      <x:c r="A5240" s="4">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B5240" s="5" t="n">
+        <x:v>261.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5241" spans="1:5">
+      <x:c r="A5241" s="4">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B5241" s="5" t="n">
+        <x:v>261.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5242" spans="1:5">
+      <x:c r="A5242" s="4">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B5242" s="5" t="n">
+        <x:v>261.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5243" spans="1:5">
+      <x:c r="A5243" s="4">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B5243" s="5" t="n">
+        <x:v>262.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5244" spans="1:5">
+      <x:c r="A5244" s="4">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="B5244" s="5" t="n">
+        <x:v>263.17</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>