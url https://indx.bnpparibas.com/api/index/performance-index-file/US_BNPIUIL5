--- v0 (2025-10-08)
+++ v1 (2025-12-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd640ed4c85464661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52678e6bdd404d45928b5b48397fbb45.psmdcp" Id="R2a3afea66e4b4a66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4acdba0f8441c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0dc0de47b402431186b2fcfed20086ae.psmdcp" Id="R6a87f7cbb0dc4020" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIUIL5 *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5385" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5385"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5432" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5432"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5385"/>
+  <x:dimension ref="A1:E5432"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -43562,50 +43562,426 @@
         <x:v>239.5</x:v>
       </x:c>
     </x:row>
     <x:row r="5383" spans="1:5">
       <x:c r="A5383" s="4">
         <x:v>45933</x:v>
       </x:c>
       <x:c r="B5383" s="5" t="n">
         <x:v>239.09</x:v>
       </x:c>
     </x:row>
     <x:row r="5384" spans="1:5">
       <x:c r="A5384" s="4">
         <x:v>45936</x:v>
       </x:c>
       <x:c r="B5384" s="5" t="n">
         <x:v>239.42</x:v>
       </x:c>
     </x:row>
     <x:row r="5385" spans="1:5">
       <x:c r="A5385" s="4">
         <x:v>45937</x:v>
       </x:c>
       <x:c r="B5385" s="5" t="n">
         <x:v>239.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5386" spans="1:5">
+      <x:c r="A5386" s="4">
+        <x:v>45938</x:v>
+      </x:c>
+      <x:c r="B5386" s="5" t="n">
+        <x:v>240.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5387" spans="1:5">
+      <x:c r="A5387" s="4">
+        <x:v>45939</x:v>
+      </x:c>
+      <x:c r="B5387" s="5" t="n">
+        <x:v>239.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5388" spans="1:5">
+      <x:c r="A5388" s="4">
+        <x:v>45940</x:v>
+      </x:c>
+      <x:c r="B5388" s="5" t="n">
+        <x:v>236.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5389" spans="1:5">
+      <x:c r="A5389" s="4">
+        <x:v>45943</x:v>
+      </x:c>
+      <x:c r="B5389" s="5" t="n">
+        <x:v>238.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5390" spans="1:5">
+      <x:c r="A5390" s="4">
+        <x:v>45944</x:v>
+      </x:c>
+      <x:c r="B5390" s="5" t="n">
+        <x:v>238.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5391" spans="1:5">
+      <x:c r="A5391" s="4">
+        <x:v>45945</x:v>
+      </x:c>
+      <x:c r="B5391" s="5" t="n">
+        <x:v>238.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5392" spans="1:5">
+      <x:c r="A5392" s="4">
+        <x:v>45946</x:v>
+      </x:c>
+      <x:c r="B5392" s="5" t="n">
+        <x:v>238.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5393" spans="1:5">
+      <x:c r="A5393" s="4">
+        <x:v>45947</x:v>
+      </x:c>
+      <x:c r="B5393" s="5" t="n">
+        <x:v>238.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5394" spans="1:5">
+      <x:c r="A5394" s="4">
+        <x:v>45950</x:v>
+      </x:c>
+      <x:c r="B5394" s="5" t="n">
+        <x:v>239.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5395" spans="1:5">
+      <x:c r="A5395" s="4">
+        <x:v>45951</x:v>
+      </x:c>
+      <x:c r="B5395" s="5" t="n">
+        <x:v>240.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5396" spans="1:5">
+      <x:c r="A5396" s="4">
+        <x:v>45952</x:v>
+      </x:c>
+      <x:c r="B5396" s="5" t="n">
+        <x:v>239.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5397" spans="1:5">
+      <x:c r="A5397" s="4">
+        <x:v>45953</x:v>
+      </x:c>
+      <x:c r="B5397" s="5" t="n">
+        <x:v>240.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5398" spans="1:5">
+      <x:c r="A5398" s="4">
+        <x:v>45954</x:v>
+      </x:c>
+      <x:c r="B5398" s="5" t="n">
+        <x:v>240.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5399" spans="1:5">
+      <x:c r="A5399" s="4">
+        <x:v>45957</x:v>
+      </x:c>
+      <x:c r="B5399" s="5" t="n">
+        <x:v>242</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5400" spans="1:5">
+      <x:c r="A5400" s="4">
+        <x:v>45958</x:v>
+      </x:c>
+      <x:c r="B5400" s="5" t="n">
+        <x:v>242.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5401" spans="1:5">
+      <x:c r="A5401" s="4">
+        <x:v>45959</x:v>
+      </x:c>
+      <x:c r="B5401" s="5" t="n">
+        <x:v>240.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5402" spans="1:5">
+      <x:c r="A5402" s="4">
+        <x:v>45960</x:v>
+      </x:c>
+      <x:c r="B5402" s="5" t="n">
+        <x:v>238.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5403" spans="1:5">
+      <x:c r="A5403" s="4">
+        <x:v>45961</x:v>
+      </x:c>
+      <x:c r="B5403" s="5" t="n">
+        <x:v>240.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5404" spans="1:5">
+      <x:c r="A5404" s="4">
+        <x:v>45964</x:v>
+      </x:c>
+      <x:c r="B5404" s="5" t="n">
+        <x:v>239.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5405" spans="1:5">
+      <x:c r="A5405" s="4">
+        <x:v>45965</x:v>
+      </x:c>
+      <x:c r="B5405" s="5" t="n">
+        <x:v>238.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5406" spans="1:5">
+      <x:c r="A5406" s="4">
+        <x:v>45966</x:v>
+      </x:c>
+      <x:c r="B5406" s="5" t="n">
+        <x:v>238.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5407" spans="1:5">
+      <x:c r="A5407" s="4">
+        <x:v>45967</x:v>
+      </x:c>
+      <x:c r="B5407" s="5" t="n">
+        <x:v>238.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5408" spans="1:5">
+      <x:c r="A5408" s="4">
+        <x:v>45968</x:v>
+      </x:c>
+      <x:c r="B5408" s="5" t="n">
+        <x:v>238.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5409" spans="1:5">
+      <x:c r="A5409" s="4">
+        <x:v>45971</x:v>
+      </x:c>
+      <x:c r="B5409" s="5" t="n">
+        <x:v>239.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5410" spans="1:5">
+      <x:c r="A5410" s="4">
+        <x:v>45972</x:v>
+      </x:c>
+      <x:c r="B5410" s="5" t="n">
+        <x:v>239.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5411" spans="1:5">
+      <x:c r="A5411" s="4">
+        <x:v>45973</x:v>
+      </x:c>
+      <x:c r="B5411" s="5" t="n">
+        <x:v>239.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5412" spans="1:5">
+      <x:c r="A5412" s="4">
+        <x:v>45974</x:v>
+      </x:c>
+      <x:c r="B5412" s="5" t="n">
+        <x:v>237.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5413" spans="1:5">
+      <x:c r="A5413" s="4">
+        <x:v>45975</x:v>
+      </x:c>
+      <x:c r="B5413" s="5" t="n">
+        <x:v>237.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5414" spans="1:5">
+      <x:c r="A5414" s="4">
+        <x:v>45978</x:v>
+      </x:c>
+      <x:c r="B5414" s="5" t="n">
+        <x:v>236.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5415" spans="1:5">
+      <x:c r="A5415" s="4">
+        <x:v>45979</x:v>
+      </x:c>
+      <x:c r="B5415" s="5" t="n">
+        <x:v>235.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5416" spans="1:5">
+      <x:c r="A5416" s="4">
+        <x:v>45980</x:v>
+      </x:c>
+      <x:c r="B5416" s="5" t="n">
+        <x:v>235.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5417" spans="1:5">
+      <x:c r="A5417" s="4">
+        <x:v>45981</x:v>
+      </x:c>
+      <x:c r="B5417" s="5" t="n">
+        <x:v>235.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5418" spans="1:5">
+      <x:c r="A5418" s="4">
+        <x:v>45982</x:v>
+      </x:c>
+      <x:c r="B5418" s="5" t="n">
+        <x:v>236.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5419" spans="1:5">
+      <x:c r="A5419" s="4">
+        <x:v>45985</x:v>
+      </x:c>
+      <x:c r="B5419" s="5" t="n">
+        <x:v>237.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5420" spans="1:5">
+      <x:c r="A5420" s="4">
+        <x:v>45986</x:v>
+      </x:c>
+      <x:c r="B5420" s="5" t="n">
+        <x:v>238.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5421" spans="1:5">
+      <x:c r="A5421" s="4">
+        <x:v>45987</x:v>
+      </x:c>
+      <x:c r="B5421" s="5" t="n">
+        <x:v>238.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5422" spans="1:5">
+      <x:c r="A5422" s="4">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="B5422" s="5" t="n">
+        <x:v>238.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5423" spans="1:5">
+      <x:c r="A5423" s="4">
+        <x:v>45992</x:v>
+      </x:c>
+      <x:c r="B5423" s="5" t="n">
+        <x:v>237.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5424" spans="1:5">
+      <x:c r="A5424" s="4">
+        <x:v>45993</x:v>
+      </x:c>
+      <x:c r="B5424" s="5" t="n">
+        <x:v>238.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5425" spans="1:5">
+      <x:c r="A5425" s="4">
+        <x:v>45994</x:v>
+      </x:c>
+      <x:c r="B5425" s="5" t="n">
+        <x:v>238.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5426" spans="1:5">
+      <x:c r="A5426" s="4">
+        <x:v>45995</x:v>
+      </x:c>
+      <x:c r="B5426" s="5" t="n">
+        <x:v>238.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5427" spans="1:5">
+      <x:c r="A5427" s="4">
+        <x:v>45996</x:v>
+      </x:c>
+      <x:c r="B5427" s="5" t="n">
+        <x:v>238.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5428" spans="1:5">
+      <x:c r="A5428" s="4">
+        <x:v>45999</x:v>
+      </x:c>
+      <x:c r="B5428" s="5" t="n">
+        <x:v>238.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5429" spans="1:5">
+      <x:c r="A5429" s="4">
+        <x:v>46000</x:v>
+      </x:c>
+      <x:c r="B5429" s="5" t="n">
+        <x:v>238.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5430" spans="1:5">
+      <x:c r="A5430" s="4">
+        <x:v>46001</x:v>
+      </x:c>
+      <x:c r="B5430" s="5" t="n">
+        <x:v>239.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5431" spans="1:5">
+      <x:c r="A5431" s="4">
+        <x:v>46002</x:v>
+      </x:c>
+      <x:c r="B5431" s="5" t="n">
+        <x:v>239.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5432" spans="1:5">
+      <x:c r="A5432" s="4">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="B5432" s="5" t="n">
+        <x:v>238.48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>