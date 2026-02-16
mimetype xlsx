--- v1 (2025-12-15)
+++ v2 (2026-02-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4acdba0f8441c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0dc0de47b402431186b2fcfed20086ae.psmdcp" Id="R6a87f7cbb0dc4020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reee37aa2d2644a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/951f5adb866f4a6a97b2f397b0a04480.psmdcp" Id="R99b0a138cf2b404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPIUIL5 *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5432" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5432"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5474" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5474"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5432"/>
+  <x:dimension ref="A1:E5474"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -43938,50 +43938,386 @@
         <x:v>238.04</x:v>
       </x:c>
     </x:row>
     <x:row r="5430" spans="1:5">
       <x:c r="A5430" s="4">
         <x:v>46001</x:v>
       </x:c>
       <x:c r="B5430" s="5" t="n">
         <x:v>239.22</x:v>
       </x:c>
     </x:row>
     <x:row r="5431" spans="1:5">
       <x:c r="A5431" s="4">
         <x:v>46002</x:v>
       </x:c>
       <x:c r="B5431" s="5" t="n">
         <x:v>239.33</x:v>
       </x:c>
     </x:row>
     <x:row r="5432" spans="1:5">
       <x:c r="A5432" s="4">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="B5432" s="5" t="n">
         <x:v>238.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5433" spans="1:5">
+      <x:c r="A5433" s="4">
+        <x:v>46006</x:v>
+      </x:c>
+      <x:c r="B5433" s="5" t="n">
+        <x:v>238.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5434" spans="1:5">
+      <x:c r="A5434" s="4">
+        <x:v>46007</x:v>
+      </x:c>
+      <x:c r="B5434" s="5" t="n">
+        <x:v>238.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5435" spans="1:5">
+      <x:c r="A5435" s="4">
+        <x:v>46008</x:v>
+      </x:c>
+      <x:c r="B5435" s="5" t="n">
+        <x:v>238.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5436" spans="1:5">
+      <x:c r="A5436" s="4">
+        <x:v>46009</x:v>
+      </x:c>
+      <x:c r="B5436" s="5" t="n">
+        <x:v>238.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5437" spans="1:5">
+      <x:c r="A5437" s="4">
+        <x:v>46010</x:v>
+      </x:c>
+      <x:c r="B5437" s="5" t="n">
+        <x:v>238.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5438" spans="1:5">
+      <x:c r="A5438" s="4">
+        <x:v>46013</x:v>
+      </x:c>
+      <x:c r="B5438" s="5" t="n">
+        <x:v>239.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5439" spans="1:5">
+      <x:c r="A5439" s="4">
+        <x:v>46014</x:v>
+      </x:c>
+      <x:c r="B5439" s="5" t="n">
+        <x:v>239.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5440" spans="1:5">
+      <x:c r="A5440" s="4">
+        <x:v>46015</x:v>
+      </x:c>
+      <x:c r="B5440" s="5" t="n">
+        <x:v>239.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5441" spans="1:5">
+      <x:c r="A5441" s="4">
+        <x:v>46017</x:v>
+      </x:c>
+      <x:c r="B5441" s="5" t="n">
+        <x:v>239.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5442" spans="1:5">
+      <x:c r="A5442" s="4">
+        <x:v>46020</x:v>
+      </x:c>
+      <x:c r="B5442" s="5" t="n">
+        <x:v>239.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5443" spans="1:5">
+      <x:c r="A5443" s="4">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="B5443" s="5" t="n">
+        <x:v>239.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5444" spans="1:5">
+      <x:c r="A5444" s="4">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="B5444" s="5" t="n">
+        <x:v>238.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5445" spans="1:5">
+      <x:c r="A5445" s="4">
+        <x:v>46024</x:v>
+      </x:c>
+      <x:c r="B5445" s="5" t="n">
+        <x:v>238.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5446" spans="1:5">
+      <x:c r="A5446" s="4">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="B5446" s="5" t="n">
+        <x:v>239.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5447" spans="1:5">
+      <x:c r="A5447" s="4">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="B5447" s="5" t="n">
+        <x:v>240.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5448" spans="1:5">
+      <x:c r="A5448" s="4">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="B5448" s="5" t="n">
+        <x:v>239.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5449" spans="1:5">
+      <x:c r="A5449" s="4">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="B5449" s="5" t="n">
+        <x:v>239.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5450" spans="1:5">
+      <x:c r="A5450" s="4">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="B5450" s="5" t="n">
+        <x:v>239.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5451" spans="1:5">
+      <x:c r="A5451" s="4">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="B5451" s="5" t="n">
+        <x:v>239.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5452" spans="1:5">
+      <x:c r="A5452" s="4">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B5452" s="5" t="n">
+        <x:v>238.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5453" spans="1:5">
+      <x:c r="A5453" s="4">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B5453" s="5" t="n">
+        <x:v>238.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5454" spans="1:5">
+      <x:c r="A5454" s="4">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B5454" s="5" t="n">
+        <x:v>237.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5455" spans="1:5">
+      <x:c r="A5455" s="4">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B5455" s="5" t="n">
+        <x:v>236.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5456" spans="1:5">
+      <x:c r="A5456" s="4">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="B5456" s="5" t="n">
+        <x:v>234.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5457" spans="1:5">
+      <x:c r="A5457" s="4">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B5457" s="5" t="n">
+        <x:v>235.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5458" spans="1:5">
+      <x:c r="A5458" s="4">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B5458" s="5" t="n">
+        <x:v>236.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5459" spans="1:5">
+      <x:c r="A5459" s="4">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="B5459" s="5" t="n">
+        <x:v>236.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5460" spans="1:5">
+      <x:c r="A5460" s="4">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="B5460" s="5" t="n">
+        <x:v>236.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5461" spans="1:5">
+      <x:c r="A5461" s="4">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B5461" s="5" t="n">
+        <x:v>236.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5462" spans="1:5">
+      <x:c r="A5462" s="4">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="B5462" s="5" t="n">
+        <x:v>236.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5463" spans="1:5">
+      <x:c r="A5463" s="4">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="B5463" s="5" t="n">
+        <x:v>236.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5464" spans="1:5">
+      <x:c r="A5464" s="4">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="B5464" s="5" t="n">
+        <x:v>235.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5465" spans="1:5">
+      <x:c r="A5465" s="4">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B5465" s="5" t="n">
+        <x:v>236.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5466" spans="1:5">
+      <x:c r="A5466" s="4">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B5466" s="5" t="n">
+        <x:v>234.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5467" spans="1:5">
+      <x:c r="A5467" s="4">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B5467" s="5" t="n">
+        <x:v>234.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5468" spans="1:5">
+      <x:c r="A5468" s="4">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B5468" s="5" t="n">
+        <x:v>233.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5469" spans="1:5">
+      <x:c r="A5469" s="4">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B5469" s="5" t="n">
+        <x:v>235.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5470" spans="1:5">
+      <x:c r="A5470" s="4">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="B5470" s="5" t="n">
+        <x:v>235.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5471" spans="1:5">
+      <x:c r="A5471" s="4">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="B5471" s="5" t="n">
+        <x:v>235.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5472" spans="1:5">
+      <x:c r="A5472" s="4">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="B5472" s="5" t="n">
+        <x:v>234.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5473" spans="1:5">
+      <x:c r="A5473" s="4">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="B5473" s="5" t="n">
+        <x:v>234.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5474" spans="1:5">
+      <x:c r="A5474" s="4">
+        <x:v>46066</x:v>
+      </x:c>
+      <x:c r="B5474" s="5" t="n">
+        <x:v>235.48</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>