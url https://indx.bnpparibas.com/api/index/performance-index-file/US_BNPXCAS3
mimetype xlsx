--- v0 (2025-12-19)
+++ v1 (2025-12-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc91743c74c426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e07042ade51491f9c5328f4df48791a.psmdcp" Id="R019b95188f8248e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877395fdaa694db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03d7e429ddbc47c1a1788d92ee8d6570.psmdcp" Id="Rd58a132bdf214967" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPXCAS3 *</x:t>
   </x:si>
   <x:si>