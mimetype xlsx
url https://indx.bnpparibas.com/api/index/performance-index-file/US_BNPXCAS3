--- v1 (2025-12-20)
+++ v2 (2026-02-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877395fdaa694db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03d7e429ddbc47c1a1788d92ee8d6570.psmdcp" Id="Rd58a132bdf214967" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67b1ac18c56b42c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fb183105a249430e9649ea5b30762186.psmdcp" Id="Rfff4d527fc1348c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>BNPXCAS3 *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5577" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5577"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5615" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5615"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5577"/>
+  <x:dimension ref="A1:E5615"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -45098,50 +45098,354 @@
         <x:v>8789.4</x:v>
       </x:c>
     </x:row>
     <x:row r="5575" spans="1:5">
       <x:c r="A5575" s="4">
         <x:v>46007</x:v>
       </x:c>
       <x:c r="B5575" s="5" t="n">
         <x:v>8819.51</x:v>
       </x:c>
     </x:row>
     <x:row r="5576" spans="1:5">
       <x:c r="A5576" s="4">
         <x:v>46008</x:v>
       </x:c>
       <x:c r="B5576" s="5" t="n">
         <x:v>8704.15</x:v>
       </x:c>
     </x:row>
     <x:row r="5577" spans="1:5">
       <x:c r="A5577" s="4">
         <x:v>46009</x:v>
       </x:c>
       <x:c r="B5577" s="5" t="n">
         <x:v>8804.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5578" spans="1:5">
+      <x:c r="A5578" s="4">
+        <x:v>46010</x:v>
+      </x:c>
+      <x:c r="B5578" s="5" t="n">
+        <x:v>8868.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5579" spans="1:5">
+      <x:c r="A5579" s="4">
+        <x:v>46013</x:v>
+      </x:c>
+      <x:c r="B5579" s="5" t="n">
+        <x:v>8928.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5580" spans="1:5">
+      <x:c r="A5580" s="4">
+        <x:v>46014</x:v>
+      </x:c>
+      <x:c r="B5580" s="5" t="n">
+        <x:v>8887.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5581" spans="1:5">
+      <x:c r="A5581" s="4">
+        <x:v>46015</x:v>
+      </x:c>
+      <x:c r="B5581" s="5" t="n">
+        <x:v>8932.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5582" spans="1:5">
+      <x:c r="A5582" s="4">
+        <x:v>46017</x:v>
+      </x:c>
+      <x:c r="B5582" s="5" t="n">
+        <x:v>8963.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5583" spans="1:5">
+      <x:c r="A5583" s="4">
+        <x:v>46020</x:v>
+      </x:c>
+      <x:c r="B5583" s="5" t="n">
+        <x:v>8909.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5584" spans="1:5">
+      <x:c r="A5584" s="4">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="B5584" s="5" t="n">
+        <x:v>8912.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5585" spans="1:5">
+      <x:c r="A5585" s="4">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="B5585" s="5" t="n">
+        <x:v>8884.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5586" spans="1:5">
+      <x:c r="A5586" s="4">
+        <x:v>46024</x:v>
+      </x:c>
+      <x:c r="B5586" s="5" t="n">
+        <x:v>8924.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5587" spans="1:5">
+      <x:c r="A5587" s="4">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="B5587" s="5" t="n">
+        <x:v>9014.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5588" spans="1:5">
+      <x:c r="A5588" s="4">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="B5588" s="5" t="n">
+        <x:v>9104.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5589" spans="1:5">
+      <x:c r="A5589" s="4">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="B5589" s="5" t="n">
+        <x:v>9092.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5590" spans="1:5">
+      <x:c r="A5590" s="4">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="B5590" s="5" t="n">
+        <x:v>9047.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5591" spans="1:5">
+      <x:c r="A5591" s="4">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="B5591" s="5" t="n">
+        <x:v>9116.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5592" spans="1:5">
+      <x:c r="A5592" s="4">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="B5592" s="5" t="n">
+        <x:v>9076.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5593" spans="1:5">
+      <x:c r="A5593" s="4">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B5593" s="5" t="n">
+        <x:v>9043.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5594" spans="1:5">
+      <x:c r="A5594" s="4">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B5594" s="5" t="n">
+        <x:v>9028.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5595" spans="1:5">
+      <x:c r="A5595" s="4">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B5595" s="5" t="n">
+        <x:v>9070.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5596" spans="1:5">
+      <x:c r="A5596" s="4">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B5596" s="5" t="n">
+        <x:v>9010.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5597" spans="1:5">
+      <x:c r="A5597" s="4">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="B5597" s="5" t="n">
+        <x:v>8725.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5598" spans="1:5">
+      <x:c r="A5598" s="4">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B5598" s="5" t="n">
+        <x:v>8696.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5599" spans="1:5">
+      <x:c r="A5599" s="4">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B5599" s="5" t="n">
+        <x:v>8752.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5600" spans="1:5">
+      <x:c r="A5600" s="4">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="B5600" s="5" t="n">
+        <x:v>8747.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5601" spans="1:5">
+      <x:c r="A5601" s="4">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="B5601" s="5" t="n">
+        <x:v>8639.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5602" spans="1:5">
+      <x:c r="A5602" s="4">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B5602" s="5" t="n">
+        <x:v>8703.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5603" spans="1:5">
+      <x:c r="A5603" s="4">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="B5603" s="5" t="n">
+        <x:v>8742.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5604" spans="1:5">
+      <x:c r="A5604" s="4">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="B5604" s="5" t="n">
+        <x:v>8701.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5605" spans="1:5">
+      <x:c r="A5605" s="4">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="B5605" s="5" t="n">
+        <x:v>8485.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5606" spans="1:5">
+      <x:c r="A5606" s="4">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B5606" s="5" t="n">
+        <x:v>8720.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5607" spans="1:5">
+      <x:c r="A5607" s="4">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B5607" s="5" t="n">
+        <x:v>8661.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5608" spans="1:5">
+      <x:c r="A5608" s="4">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B5608" s="5" t="n">
+        <x:v>8543.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5609" spans="1:5">
+      <x:c r="A5609" s="4">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B5609" s="5" t="n">
+        <x:v>8413.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5610" spans="1:5">
+      <x:c r="A5610" s="4">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B5610" s="5" t="n">
+        <x:v>8570.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5611" spans="1:5">
+      <x:c r="A5611" s="4">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="B5611" s="5" t="n">
+        <x:v>8707.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5612" spans="1:5">
+      <x:c r="A5612" s="4">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="B5612" s="5" t="n">
+        <x:v>8719.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5613" spans="1:5">
+      <x:c r="A5613" s="4">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="B5613" s="5" t="n">
+        <x:v>8683.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5614" spans="1:5">
+      <x:c r="A5614" s="4">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="B5614" s="5" t="n">
+        <x:v>8580.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5615" spans="1:5">
+      <x:c r="A5615" s="4">
+        <x:v>46066</x:v>
+      </x:c>
+      <x:c r="B5615" s="5" t="n">
+        <x:v>8619.66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>