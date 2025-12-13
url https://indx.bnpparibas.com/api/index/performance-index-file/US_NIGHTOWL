--- v0 (2025-10-08)
+++ v1 (2025-12-13)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382a3d2b203040f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4cd1fd9298144f79165d953d203b0d3.psmdcp" Id="R5014e0b7889d4547" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25901116f44b4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d9b4fc0aabf49f4b78c8e7700f44b7c.psmdcp" Id="R9961f25fe5c14a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>NIGHTOWL *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5681" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5681"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5728" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5728"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5681"/>
+  <x:dimension ref="A1:E5728"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -45930,50 +45930,426 @@
         <x:v>20755.65</x:v>
       </x:c>
     </x:row>
     <x:row r="5679" spans="1:5">
       <x:c r="A5679" s="4">
         <x:v>45933</x:v>
       </x:c>
       <x:c r="B5679" s="5" t="n">
         <x:v>20653.57</x:v>
       </x:c>
     </x:row>
     <x:row r="5680" spans="1:5">
       <x:c r="A5680" s="4">
         <x:v>45936</x:v>
       </x:c>
       <x:c r="B5680" s="5" t="n">
         <x:v>20929.09</x:v>
       </x:c>
     </x:row>
     <x:row r="5681" spans="1:5">
       <x:c r="A5681" s="4">
         <x:v>45937</x:v>
       </x:c>
       <x:c r="B5681" s="5" t="n">
         <x:v>20715.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5682" spans="1:5">
+      <x:c r="A5682" s="4">
+        <x:v>45938</x:v>
+      </x:c>
+      <x:c r="B5682" s="5" t="n">
+        <x:v>21117.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5683" spans="1:5">
+      <x:c r="A5683" s="4">
+        <x:v>45939</x:v>
+      </x:c>
+      <x:c r="B5683" s="5" t="n">
+        <x:v>21055.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5684" spans="1:5">
+      <x:c r="A5684" s="4">
+        <x:v>45940</x:v>
+      </x:c>
+      <x:c r="B5684" s="5" t="n">
+        <x:v>20194.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5685" spans="1:5">
+      <x:c r="A5685" s="4">
+        <x:v>45943</x:v>
+      </x:c>
+      <x:c r="B5685" s="5" t="n">
+        <x:v>20611.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5686" spans="1:5">
+      <x:c r="A5686" s="4">
+        <x:v>45944</x:v>
+      </x:c>
+      <x:c r="B5686" s="5" t="n">
+        <x:v>20528.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5687" spans="1:5">
+      <x:c r="A5687" s="4">
+        <x:v>45945</x:v>
+      </x:c>
+      <x:c r="B5687" s="5" t="n">
+        <x:v>20577.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5688" spans="1:5">
+      <x:c r="A5688" s="4">
+        <x:v>45946</x:v>
+      </x:c>
+      <x:c r="B5688" s="5" t="n">
+        <x:v>20539.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5689" spans="1:5">
+      <x:c r="A5689" s="4">
+        <x:v>45947</x:v>
+      </x:c>
+      <x:c r="B5689" s="5" t="n">
+        <x:v>20616.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5690" spans="1:5">
+      <x:c r="A5690" s="4">
+        <x:v>45950</x:v>
+      </x:c>
+      <x:c r="B5690" s="5" t="n">
+        <x:v>20765.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5691" spans="1:5">
+      <x:c r="A5691" s="4">
+        <x:v>45951</x:v>
+      </x:c>
+      <x:c r="B5691" s="5" t="n">
+        <x:v>20756.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5692" spans="1:5">
+      <x:c r="A5692" s="4">
+        <x:v>45952</x:v>
+      </x:c>
+      <x:c r="B5692" s="5" t="n">
+        <x:v>20630.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5693" spans="1:5">
+      <x:c r="A5693" s="4">
+        <x:v>45953</x:v>
+      </x:c>
+      <x:c r="B5693" s="5" t="n">
+        <x:v>20714.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5694" spans="1:5">
+      <x:c r="A5694" s="4">
+        <x:v>45954</x:v>
+      </x:c>
+      <x:c r="B5694" s="5" t="n">
+        <x:v>20822.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5695" spans="1:5">
+      <x:c r="A5695" s="4">
+        <x:v>45957</x:v>
+      </x:c>
+      <x:c r="B5695" s="5" t="n">
+        <x:v>21133.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5696" spans="1:5">
+      <x:c r="A5696" s="4">
+        <x:v>45958</x:v>
+      </x:c>
+      <x:c r="B5696" s="5" t="n">
+        <x:v>21288.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5697" spans="1:5">
+      <x:c r="A5697" s="4">
+        <x:v>45959</x:v>
+      </x:c>
+      <x:c r="B5697" s="5" t="n">
+        <x:v>21370.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5698" spans="1:5">
+      <x:c r="A5698" s="4">
+        <x:v>45960</x:v>
+      </x:c>
+      <x:c r="B5698" s="5" t="n">
+        <x:v>21093.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5699" spans="1:5">
+      <x:c r="A5699" s="4">
+        <x:v>45961</x:v>
+      </x:c>
+      <x:c r="B5699" s="5" t="n">
+        <x:v>21148.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5700" spans="1:5">
+      <x:c r="A5700" s="4">
+        <x:v>45964</x:v>
+      </x:c>
+      <x:c r="B5700" s="5" t="n">
+        <x:v>21177.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5701" spans="1:5">
+      <x:c r="A5701" s="4">
+        <x:v>45965</x:v>
+      </x:c>
+      <x:c r="B5701" s="5" t="n">
+        <x:v>20959.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5702" spans="1:5">
+      <x:c r="A5702" s="4">
+        <x:v>45966</x:v>
+      </x:c>
+      <x:c r="B5702" s="5" t="n">
+        <x:v>21051.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5703" spans="1:5">
+      <x:c r="A5703" s="4">
+        <x:v>45967</x:v>
+      </x:c>
+      <x:c r="B5703" s="5" t="n">
+        <x:v>20826.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5704" spans="1:5">
+      <x:c r="A5704" s="4">
+        <x:v>45968</x:v>
+      </x:c>
+      <x:c r="B5704" s="5" t="n">
+        <x:v>20779.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5705" spans="1:5">
+      <x:c r="A5705" s="4">
+        <x:v>45971</x:v>
+      </x:c>
+      <x:c r="B5705" s="5" t="n">
+        <x:v>21121.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5706" spans="1:5">
+      <x:c r="A5706" s="4">
+        <x:v>45972</x:v>
+      </x:c>
+      <x:c r="B5706" s="5" t="n">
+        <x:v>21087.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5707" spans="1:5">
+      <x:c r="A5707" s="4">
+        <x:v>45973</x:v>
+      </x:c>
+      <x:c r="B5707" s="5" t="n">
+        <x:v>21075.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5708" spans="1:5">
+      <x:c r="A5708" s="4">
+        <x:v>45974</x:v>
+      </x:c>
+      <x:c r="B5708" s="5" t="n">
+        <x:v>20796.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5709" spans="1:5">
+      <x:c r="A5709" s="4">
+        <x:v>45975</x:v>
+      </x:c>
+      <x:c r="B5709" s="5" t="n">
+        <x:v>20625.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5710" spans="1:5">
+      <x:c r="A5710" s="4">
+        <x:v>45978</x:v>
+      </x:c>
+      <x:c r="B5710" s="5" t="n">
+        <x:v>20659.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5711" spans="1:5">
+      <x:c r="A5711" s="4">
+        <x:v>45979</x:v>
+      </x:c>
+      <x:c r="B5711" s="5" t="n">
+        <x:v>20473.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5712" spans="1:5">
+      <x:c r="A5712" s="4">
+        <x:v>45980</x:v>
+      </x:c>
+      <x:c r="B5712" s="5" t="n">
+        <x:v>20607.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5713" spans="1:5">
+      <x:c r="A5713" s="4">
+        <x:v>45981</x:v>
+      </x:c>
+      <x:c r="B5713" s="5" t="n">
+        <x:v>20918.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5714" spans="1:5">
+      <x:c r="A5714" s="4">
+        <x:v>45982</x:v>
+      </x:c>
+      <x:c r="B5714" s="5" t="n">
+        <x:v>21016.77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5715" spans="1:5">
+      <x:c r="A5715" s="4">
+        <x:v>45985</x:v>
+      </x:c>
+      <x:c r="B5715" s="5" t="n">
+        <x:v>21303.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5716" spans="1:5">
+      <x:c r="A5716" s="4">
+        <x:v>45986</x:v>
+      </x:c>
+      <x:c r="B5716" s="5" t="n">
+        <x:v>21384.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5717" spans="1:5">
+      <x:c r="A5717" s="4">
+        <x:v>45987</x:v>
+      </x:c>
+      <x:c r="B5717" s="5" t="n">
+        <x:v>21506.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5718" spans="1:5">
+      <x:c r="A5718" s="4">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="B5718" s="5" t="n">
+        <x:v>21610.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5719" spans="1:5">
+      <x:c r="A5719" s="4">
+        <x:v>45992</x:v>
+      </x:c>
+      <x:c r="B5719" s="5" t="n">
+        <x:v>21552.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5720" spans="1:5">
+      <x:c r="A5720" s="4">
+        <x:v>45993</x:v>
+      </x:c>
+      <x:c r="B5720" s="5" t="n">
+        <x:v>21698.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5721" spans="1:5">
+      <x:c r="A5721" s="4">
+        <x:v>45994</x:v>
+      </x:c>
+      <x:c r="B5721" s="5" t="n">
+        <x:v>21737.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5722" spans="1:5">
+      <x:c r="A5722" s="4">
+        <x:v>45995</x:v>
+      </x:c>
+      <x:c r="B5722" s="5" t="n">
+        <x:v>21704.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5723" spans="1:5">
+      <x:c r="A5723" s="4">
+        <x:v>45996</x:v>
+      </x:c>
+      <x:c r="B5723" s="5" t="n">
+        <x:v>21790.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5724" spans="1:5">
+      <x:c r="A5724" s="4">
+        <x:v>45999</x:v>
+      </x:c>
+      <x:c r="B5724" s="5" t="n">
+        <x:v>21724.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5725" spans="1:5">
+      <x:c r="A5725" s="4">
+        <x:v>46000</x:v>
+      </x:c>
+      <x:c r="B5725" s="5" t="n">
+        <x:v>21777.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5726" spans="1:5">
+      <x:c r="A5726" s="4">
+        <x:v>46001</x:v>
+      </x:c>
+      <x:c r="B5726" s="5" t="n">
+        <x:v>21881.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5727" spans="1:5">
+      <x:c r="A5727" s="4">
+        <x:v>46002</x:v>
+      </x:c>
+      <x:c r="B5727" s="5" t="n">
+        <x:v>21772</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5728" spans="1:5">
+      <x:c r="A5728" s="4">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="B5728" s="5" t="n">
+        <x:v>21371.63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>