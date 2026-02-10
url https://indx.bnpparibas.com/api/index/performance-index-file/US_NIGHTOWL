--- v1 (2025-12-13)
+++ v2 (2026-02-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25901116f44b4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5d9b4fc0aabf49f4b78c8e7700f44b7c.psmdcp" Id="R9961f25fe5c14a61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a8188bd5f594616" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09f6e8ff00b447e88d481f62c278a95b.psmdcp" Id="R8f92b7e416784ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>NIGHTOWL *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5728" totalsRowShown="0">
-  <x:autoFilter ref="A6:B5728"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B5766" totalsRowShown="0">
+  <x:autoFilter ref="A6:B5766"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E5728"/>
+  <x:dimension ref="A1:E5766"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -46306,50 +46306,354 @@
         <x:v>21777.04</x:v>
       </x:c>
     </x:row>
     <x:row r="5726" spans="1:5">
       <x:c r="A5726" s="4">
         <x:v>46001</x:v>
       </x:c>
       <x:c r="B5726" s="5" t="n">
         <x:v>21881.48</x:v>
       </x:c>
     </x:row>
     <x:row r="5727" spans="1:5">
       <x:c r="A5727" s="4">
         <x:v>46002</x:v>
       </x:c>
       <x:c r="B5727" s="5" t="n">
         <x:v>21772</x:v>
       </x:c>
     </x:row>
     <x:row r="5728" spans="1:5">
       <x:c r="A5728" s="4">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="B5728" s="5" t="n">
         <x:v>21371.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5729" spans="1:5">
+      <x:c r="A5729" s="4">
+        <x:v>46006</x:v>
+      </x:c>
+      <x:c r="B5729" s="5" t="n">
+        <x:v>21270.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5730" spans="1:5">
+      <x:c r="A5730" s="4">
+        <x:v>46007</x:v>
+      </x:c>
+      <x:c r="B5730" s="5" t="n">
+        <x:v>21311.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5731" spans="1:5">
+      <x:c r="A5731" s="4">
+        <x:v>46008</x:v>
+      </x:c>
+      <x:c r="B5731" s="5" t="n">
+        <x:v>21069.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5732" spans="1:5">
+      <x:c r="A5732" s="4">
+        <x:v>46009</x:v>
+      </x:c>
+      <x:c r="B5732" s="5" t="n">
+        <x:v>21343.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5733" spans="1:5">
+      <x:c r="A5733" s="4">
+        <x:v>46010</x:v>
+      </x:c>
+      <x:c r="B5733" s="5" t="n">
+        <x:v>21499.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5734" spans="1:5">
+      <x:c r="A5734" s="4">
+        <x:v>46013</x:v>
+      </x:c>
+      <x:c r="B5734" s="5" t="n">
+        <x:v>21583.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5735" spans="1:5">
+      <x:c r="A5735" s="4">
+        <x:v>46014</x:v>
+      </x:c>
+      <x:c r="B5735" s="5" t="n">
+        <x:v>21644.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5736" spans="1:5">
+      <x:c r="A5736" s="4">
+        <x:v>46015</x:v>
+      </x:c>
+      <x:c r="B5736" s="5" t="n">
+        <x:v>21677.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5737" spans="1:5">
+      <x:c r="A5737" s="4">
+        <x:v>46017</x:v>
+      </x:c>
+      <x:c r="B5737" s="5" t="n">
+        <x:v>21676.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5738" spans="1:5">
+      <x:c r="A5738" s="4">
+        <x:v>46020</x:v>
+      </x:c>
+      <x:c r="B5738" s="5" t="n">
+        <x:v>21577.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5739" spans="1:5">
+      <x:c r="A5739" s="4">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="B5739" s="5" t="n">
+        <x:v>21514.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5740" spans="1:5">
+      <x:c r="A5740" s="4">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="B5740" s="5" t="n">
+        <x:v>21256.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5741" spans="1:5">
+      <x:c r="A5741" s="4">
+        <x:v>46024</x:v>
+      </x:c>
+      <x:c r="B5741" s="5" t="n">
+        <x:v>21148.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5742" spans="1:5">
+      <x:c r="A5742" s="4">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="B5742" s="5" t="n">
+        <x:v>21326.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5743" spans="1:5">
+      <x:c r="A5743" s="4">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="B5743" s="5" t="n">
+        <x:v>21549.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5744" spans="1:5">
+      <x:c r="A5744" s="4">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="B5744" s="5" t="n">
+        <x:v>21555.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5745" spans="1:5">
+      <x:c r="A5745" s="4">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="B5745" s="5" t="n">
+        <x:v>21388.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5746" spans="1:5">
+      <x:c r="A5746" s="4">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="B5746" s="5" t="n">
+        <x:v>21658.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5747" spans="1:5">
+      <x:c r="A5747" s="4">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="B5747" s="5" t="n">
+        <x:v>21676.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5748" spans="1:5">
+      <x:c r="A5748" s="4">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B5748" s="5" t="n">
+        <x:v>21597.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5749" spans="1:5">
+      <x:c r="A5749" s="4">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B5749" s="5" t="n">
+        <x:v>21020.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5750" spans="1:5">
+      <x:c r="A5750" s="4">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B5750" s="5" t="n">
+        <x:v>21307.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5751" spans="1:5">
+      <x:c r="A5751" s="4">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B5751" s="5" t="n">
+        <x:v>21300.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5752" spans="1:5">
+      <x:c r="A5752" s="4">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="B5752" s="5" t="n">
+        <x:v>20876.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5753" spans="1:5">
+      <x:c r="A5753" s="4">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B5753" s="5" t="n">
+        <x:v>21118.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5754" spans="1:5">
+      <x:c r="A5754" s="4">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B5754" s="5" t="n">
+        <x:v>21213.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5755" spans="1:5">
+      <x:c r="A5755" s="4">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="B5755" s="5" t="n">
+        <x:v>21262.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5756" spans="1:5">
+      <x:c r="A5756" s="4">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="B5756" s="5" t="n">
+        <x:v>21324.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5757" spans="1:5">
+      <x:c r="A5757" s="4">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B5757" s="5" t="n">
+        <x:v>21448.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5758" spans="1:5">
+      <x:c r="A5758" s="4">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="B5758" s="5" t="n">
+        <x:v>21483.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5759" spans="1:5">
+      <x:c r="A5759" s="4">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="B5759" s="5" t="n">
+        <x:v>21222.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5760" spans="1:5">
+      <x:c r="A5760" s="4">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="B5760" s="5" t="n">
+        <x:v>20983.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5761" spans="1:5">
+      <x:c r="A5761" s="4">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B5761" s="5" t="n">
+        <x:v>21066.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5762" spans="1:5">
+      <x:c r="A5762" s="4">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B5762" s="5" t="n">
+        <x:v>20808.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5763" spans="1:5">
+      <x:c r="A5763" s="4">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B5763" s="5" t="n">
+        <x:v>20610.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5764" spans="1:5">
+      <x:c r="A5764" s="4">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B5764" s="5" t="n">
+        <x:v>20401.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5765" spans="1:5">
+      <x:c r="A5765" s="4">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B5765" s="5" t="n">
+        <x:v>20682.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5766" spans="1:5">
+      <x:c r="A5766" s="4">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="B5766" s="5" t="n">
+        <x:v>20777.37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>