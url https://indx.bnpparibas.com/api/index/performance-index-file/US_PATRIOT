--- v0 (2025-10-27)
+++ v1 (2026-01-27)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3f73d114baf4026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17677a003dd44d8f9ab7d2850e725003.psmdcp" Id="R84dacca12ba24d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369fdce96d614ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fbfaf98de8c6471dbf8494ab2994e49a.psmdcp" Id="Rfbba5eb8918e4e73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>PATRIOT *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B4804" totalsRowShown="0">
-  <x:autoFilter ref="A6:B4804"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B4866" totalsRowShown="0">
+  <x:autoFilter ref="A6:B4866"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E4804"/>
+  <x:dimension ref="A1:E4866"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -38914,50 +38914,546 @@
         <x:v>302.95</x:v>
       </x:c>
     </x:row>
     <x:row r="4802" spans="1:5">
       <x:c r="A4802" s="4">
         <x:v>45952</x:v>
       </x:c>
       <x:c r="B4802" s="5" t="n">
         <x:v>302.49</x:v>
       </x:c>
     </x:row>
     <x:row r="4803" spans="1:5">
       <x:c r="A4803" s="4">
         <x:v>45953</x:v>
       </x:c>
       <x:c r="B4803" s="5" t="n">
         <x:v>304.15</x:v>
       </x:c>
     </x:row>
     <x:row r="4804" spans="1:5">
       <x:c r="A4804" s="4">
         <x:v>45954</x:v>
       </x:c>
       <x:c r="B4804" s="5" t="n">
         <x:v>305.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4805" spans="1:5">
+      <x:c r="A4805" s="4">
+        <x:v>45957</x:v>
+      </x:c>
+      <x:c r="B4805" s="5" t="n">
+        <x:v>307.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4806" spans="1:5">
+      <x:c r="A4806" s="4">
+        <x:v>45958</x:v>
+      </x:c>
+      <x:c r="B4806" s="5" t="n">
+        <x:v>307.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4807" spans="1:5">
+      <x:c r="A4807" s="4">
+        <x:v>45959</x:v>
+      </x:c>
+      <x:c r="B4807" s="5" t="n">
+        <x:v>307.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4808" spans="1:5">
+      <x:c r="A4808" s="4">
+        <x:v>45960</x:v>
+      </x:c>
+      <x:c r="B4808" s="5" t="n">
+        <x:v>306.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4809" spans="1:5">
+      <x:c r="A4809" s="4">
+        <x:v>45961</x:v>
+      </x:c>
+      <x:c r="B4809" s="5" t="n">
+        <x:v>307.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4810" spans="1:5">
+      <x:c r="A4810" s="4">
+        <x:v>45964</x:v>
+      </x:c>
+      <x:c r="B4810" s="5" t="n">
+        <x:v>307.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4811" spans="1:5">
+      <x:c r="A4811" s="4">
+        <x:v>45965</x:v>
+      </x:c>
+      <x:c r="B4811" s="5" t="n">
+        <x:v>305.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4812" spans="1:5">
+      <x:c r="A4812" s="4">
+        <x:v>45966</x:v>
+      </x:c>
+      <x:c r="B4812" s="5" t="n">
+        <x:v>306.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4813" spans="1:5">
+      <x:c r="A4813" s="4">
+        <x:v>45967</x:v>
+      </x:c>
+      <x:c r="B4813" s="5" t="n">
+        <x:v>304.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4814" spans="1:5">
+      <x:c r="A4814" s="4">
+        <x:v>45968</x:v>
+      </x:c>
+      <x:c r="B4814" s="5" t="n">
+        <x:v>304.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4815" spans="1:5">
+      <x:c r="A4815" s="4">
+        <x:v>45971</x:v>
+      </x:c>
+      <x:c r="B4815" s="5" t="n">
+        <x:v>306.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4816" spans="1:5">
+      <x:c r="A4816" s="4">
+        <x:v>45972</x:v>
+      </x:c>
+      <x:c r="B4816" s="5" t="n">
+        <x:v>306.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4817" spans="1:5">
+      <x:c r="A4817" s="4">
+        <x:v>45973</x:v>
+      </x:c>
+      <x:c r="B4817" s="5" t="n">
+        <x:v>305.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4818" spans="1:5">
+      <x:c r="A4818" s="4">
+        <x:v>45974</x:v>
+      </x:c>
+      <x:c r="B4818" s="5" t="n">
+        <x:v>303.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4819" spans="1:5">
+      <x:c r="A4819" s="4">
+        <x:v>45975</x:v>
+      </x:c>
+      <x:c r="B4819" s="5" t="n">
+        <x:v>304.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4820" spans="1:5">
+      <x:c r="A4820" s="4">
+        <x:v>45978</x:v>
+      </x:c>
+      <x:c r="B4820" s="5" t="n">
+        <x:v>303.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4821" spans="1:5">
+      <x:c r="A4821" s="4">
+        <x:v>45979</x:v>
+      </x:c>
+      <x:c r="B4821" s="5" t="n">
+        <x:v>301.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4822" spans="1:5">
+      <x:c r="A4822" s="4">
+        <x:v>45980</x:v>
+      </x:c>
+      <x:c r="B4822" s="5" t="n">
+        <x:v>302.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4823" spans="1:5">
+      <x:c r="A4823" s="4">
+        <x:v>45981</x:v>
+      </x:c>
+      <x:c r="B4823" s="5" t="n">
+        <x:v>299.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4824" spans="1:5">
+      <x:c r="A4824" s="4">
+        <x:v>45982</x:v>
+      </x:c>
+      <x:c r="B4824" s="5" t="n">
+        <x:v>300.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4825" spans="1:5">
+      <x:c r="A4825" s="4">
+        <x:v>45985</x:v>
+      </x:c>
+      <x:c r="B4825" s="5" t="n">
+        <x:v>301.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4826" spans="1:5">
+      <x:c r="A4826" s="4">
+        <x:v>45986</x:v>
+      </x:c>
+      <x:c r="B4826" s="5" t="n">
+        <x:v>302.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4827" spans="1:5">
+      <x:c r="A4827" s="4">
+        <x:v>45987</x:v>
+      </x:c>
+      <x:c r="B4827" s="5" t="n">
+        <x:v>302.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4828" spans="1:5">
+      <x:c r="A4828" s="4">
+        <x:v>45989</x:v>
+      </x:c>
+      <x:c r="B4828" s="5" t="n">
+        <x:v>303.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4829" spans="1:5">
+      <x:c r="A4829" s="4">
+        <x:v>45992</x:v>
+      </x:c>
+      <x:c r="B4829" s="5" t="n">
+        <x:v>303.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4830" spans="1:5">
+      <x:c r="A4830" s="4">
+        <x:v>45993</x:v>
+      </x:c>
+      <x:c r="B4830" s="5" t="n">
+        <x:v>304.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4831" spans="1:5">
+      <x:c r="A4831" s="4">
+        <x:v>45994</x:v>
+      </x:c>
+      <x:c r="B4831" s="5" t="n">
+        <x:v>304.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4832" spans="1:5">
+      <x:c r="A4832" s="4">
+        <x:v>45995</x:v>
+      </x:c>
+      <x:c r="B4832" s="5" t="n">
+        <x:v>305.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4833" spans="1:5">
+      <x:c r="A4833" s="4">
+        <x:v>45996</x:v>
+      </x:c>
+      <x:c r="B4833" s="5" t="n">
+        <x:v>306.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4834" spans="1:5">
+      <x:c r="A4834" s="4">
+        <x:v>45999</x:v>
+      </x:c>
+      <x:c r="B4834" s="5" t="n">
+        <x:v>306.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4835" spans="1:5">
+      <x:c r="A4835" s="4">
+        <x:v>46000</x:v>
+      </x:c>
+      <x:c r="B4835" s="5" t="n">
+        <x:v>306.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4836" spans="1:5">
+      <x:c r="A4836" s="4">
+        <x:v>46001</x:v>
+      </x:c>
+      <x:c r="B4836" s="5" t="n">
+        <x:v>307.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4837" spans="1:5">
+      <x:c r="A4837" s="4">
+        <x:v>46002</x:v>
+      </x:c>
+      <x:c r="B4837" s="5" t="n">
+        <x:v>307.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4838" spans="1:5">
+      <x:c r="A4838" s="4">
+        <x:v>46003</x:v>
+      </x:c>
+      <x:c r="B4838" s="5" t="n">
+        <x:v>305.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4839" spans="1:5">
+      <x:c r="A4839" s="4">
+        <x:v>46006</x:v>
+      </x:c>
+      <x:c r="B4839" s="5" t="n">
+        <x:v>305.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4840" spans="1:5">
+      <x:c r="A4840" s="4">
+        <x:v>46007</x:v>
+      </x:c>
+      <x:c r="B4840" s="5" t="n">
+        <x:v>304.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4841" spans="1:5">
+      <x:c r="A4841" s="4">
+        <x:v>46008</x:v>
+      </x:c>
+      <x:c r="B4841" s="5" t="n">
+        <x:v>303.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4842" spans="1:5">
+      <x:c r="A4842" s="4">
+        <x:v>46009</x:v>
+      </x:c>
+      <x:c r="B4842" s="5" t="n">
+        <x:v>304.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4843" spans="1:5">
+      <x:c r="A4843" s="4">
+        <x:v>46010</x:v>
+      </x:c>
+      <x:c r="B4843" s="5" t="n">
+        <x:v>305.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4844" spans="1:5">
+      <x:c r="A4844" s="4">
+        <x:v>46013</x:v>
+      </x:c>
+      <x:c r="B4844" s="5" t="n">
+        <x:v>307.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4845" spans="1:5">
+      <x:c r="A4845" s="4">
+        <x:v>46014</x:v>
+      </x:c>
+      <x:c r="B4845" s="5" t="n">
+        <x:v>307.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4846" spans="1:5">
+      <x:c r="A4846" s="4">
+        <x:v>46015</x:v>
+      </x:c>
+      <x:c r="B4846" s="5" t="n">
+        <x:v>307.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4847" spans="1:5">
+      <x:c r="A4847" s="4">
+        <x:v>46017</x:v>
+      </x:c>
+      <x:c r="B4847" s="5" t="n">
+        <x:v>307.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4848" spans="1:5">
+      <x:c r="A4848" s="4">
+        <x:v>46020</x:v>
+      </x:c>
+      <x:c r="B4848" s="5" t="n">
+        <x:v>306.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4849" spans="1:5">
+      <x:c r="A4849" s="4">
+        <x:v>46021</x:v>
+      </x:c>
+      <x:c r="B4849" s="5" t="n">
+        <x:v>306.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4850" spans="1:5">
+      <x:c r="A4850" s="4">
+        <x:v>46022</x:v>
+      </x:c>
+      <x:c r="B4850" s="5" t="n">
+        <x:v>305.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4851" spans="1:5">
+      <x:c r="A4851" s="4">
+        <x:v>46024</x:v>
+      </x:c>
+      <x:c r="B4851" s="5" t="n">
+        <x:v>305.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4852" spans="1:5">
+      <x:c r="A4852" s="4">
+        <x:v>46027</x:v>
+      </x:c>
+      <x:c r="B4852" s="5" t="n">
+        <x:v>306.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4853" spans="1:5">
+      <x:c r="A4853" s="4">
+        <x:v>46028</x:v>
+      </x:c>
+      <x:c r="B4853" s="5" t="n">
+        <x:v>307.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4854" spans="1:5">
+      <x:c r="A4854" s="4">
+        <x:v>46029</x:v>
+      </x:c>
+      <x:c r="B4854" s="5" t="n">
+        <x:v>307.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4855" spans="1:5">
+      <x:c r="A4855" s="4">
+        <x:v>46030</x:v>
+      </x:c>
+      <x:c r="B4855" s="5" t="n">
+        <x:v>306.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4856" spans="1:5">
+      <x:c r="A4856" s="4">
+        <x:v>46031</x:v>
+      </x:c>
+      <x:c r="B4856" s="5" t="n">
+        <x:v>307.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4857" spans="1:5">
+      <x:c r="A4857" s="4">
+        <x:v>46034</x:v>
+      </x:c>
+      <x:c r="B4857" s="5" t="n">
+        <x:v>307.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4858" spans="1:5">
+      <x:c r="A4858" s="4">
+        <x:v>46035</x:v>
+      </x:c>
+      <x:c r="B4858" s="5" t="n">
+        <x:v>307.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4859" spans="1:5">
+      <x:c r="A4859" s="4">
+        <x:v>46036</x:v>
+      </x:c>
+      <x:c r="B4859" s="5" t="n">
+        <x:v>306.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4860" spans="1:5">
+      <x:c r="A4860" s="4">
+        <x:v>46037</x:v>
+      </x:c>
+      <x:c r="B4860" s="5" t="n">
+        <x:v>306.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4861" spans="1:5">
+      <x:c r="A4861" s="4">
+        <x:v>46038</x:v>
+      </x:c>
+      <x:c r="B4861" s="5" t="n">
+        <x:v>306.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4862" spans="1:5">
+      <x:c r="A4862" s="4">
+        <x:v>46042</x:v>
+      </x:c>
+      <x:c r="B4862" s="5" t="n">
+        <x:v>303.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4863" spans="1:5">
+      <x:c r="A4863" s="4">
+        <x:v>46043</x:v>
+      </x:c>
+      <x:c r="B4863" s="5" t="n">
+        <x:v>305.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4864" spans="1:5">
+      <x:c r="A4864" s="4">
+        <x:v>46044</x:v>
+      </x:c>
+      <x:c r="B4864" s="5" t="n">
+        <x:v>306.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4865" spans="1:5">
+      <x:c r="A4865" s="4">
+        <x:v>46045</x:v>
+      </x:c>
+      <x:c r="B4865" s="5" t="n">
+        <x:v>306.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4866" spans="1:5">
+      <x:c r="A4866" s="4">
+        <x:v>46048</x:v>
+      </x:c>
+      <x:c r="B4866" s="5" t="n">
+        <x:v>307.37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>