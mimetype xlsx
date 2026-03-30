--- v1 (2026-01-27)
+++ v2 (2026-03-30)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369fdce96d614ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fbfaf98de8c6471dbf8494ab2994e49a.psmdcp" Id="Rfbba5eb8918e4e73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c2e774d6b84255" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f86716e377294bd68838ff7bf2f50667.psmdcp" Id="Ra0db52b6ee33471e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Index" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>PATRIOT *</x:t>
   </x:si>
   <x:si>
@@ -174,52 +174,52 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="14" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B4866" totalsRowShown="0">
-  <x:autoFilter ref="A6:B4866"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A6:B4909" totalsRowShown="0">
+  <x:autoFilter ref="A6:B4909"/>
   <x:tableColumns count="2">
     <x:tableColumn id="1" name="Date"/>
     <x:tableColumn id="2" name="Values"/>
   </x:tableColumns>
   <x:tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -475,51 +475,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E4866"/>
+  <x:dimension ref="A1:E4909"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
@@ -39410,50 +39410,394 @@
         <x:v>305.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4864" spans="1:5">
       <x:c r="A4864" s="4">
         <x:v>46044</x:v>
       </x:c>
       <x:c r="B4864" s="5" t="n">
         <x:v>306.1</x:v>
       </x:c>
     </x:row>
     <x:row r="4865" spans="1:5">
       <x:c r="A4865" s="4">
         <x:v>46045</x:v>
       </x:c>
       <x:c r="B4865" s="5" t="n">
         <x:v>306.67</x:v>
       </x:c>
     </x:row>
     <x:row r="4866" spans="1:5">
       <x:c r="A4866" s="4">
         <x:v>46048</x:v>
       </x:c>
       <x:c r="B4866" s="5" t="n">
         <x:v>307.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4867" spans="1:5">
+      <x:c r="A4867" s="4">
+        <x:v>46049</x:v>
+      </x:c>
+      <x:c r="B4867" s="5" t="n">
+        <x:v>308.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4868" spans="1:5">
+      <x:c r="A4868" s="4">
+        <x:v>46050</x:v>
+      </x:c>
+      <x:c r="B4868" s="5" t="n">
+        <x:v>307.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4869" spans="1:5">
+      <x:c r="A4869" s="4">
+        <x:v>46051</x:v>
+      </x:c>
+      <x:c r="B4869" s="5" t="n">
+        <x:v>307.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4870" spans="1:5">
+      <x:c r="A4870" s="4">
+        <x:v>46052</x:v>
+      </x:c>
+      <x:c r="B4870" s="5" t="n">
+        <x:v>306.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4871" spans="1:5">
+      <x:c r="A4871" s="4">
+        <x:v>46055</x:v>
+      </x:c>
+      <x:c r="B4871" s="5" t="n">
+        <x:v>306.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4872" spans="1:5">
+      <x:c r="A4872" s="4">
+        <x:v>46056</x:v>
+      </x:c>
+      <x:c r="B4872" s="5" t="n">
+        <x:v>304.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4873" spans="1:5">
+      <x:c r="A4873" s="4">
+        <x:v>46057</x:v>
+      </x:c>
+      <x:c r="B4873" s="5" t="n">
+        <x:v>302.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4874" spans="1:5">
+      <x:c r="A4874" s="4">
+        <x:v>46058</x:v>
+      </x:c>
+      <x:c r="B4874" s="5" t="n">
+        <x:v>300.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4875" spans="1:5">
+      <x:c r="A4875" s="4">
+        <x:v>46059</x:v>
+      </x:c>
+      <x:c r="B4875" s="5" t="n">
+        <x:v>302.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4876" spans="1:5">
+      <x:c r="A4876" s="4">
+        <x:v>46062</x:v>
+      </x:c>
+      <x:c r="B4876" s="5" t="n">
+        <x:v>304.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4877" spans="1:5">
+      <x:c r="A4877" s="4">
+        <x:v>46063</x:v>
+      </x:c>
+      <x:c r="B4877" s="5" t="n">
+        <x:v>303.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4878" spans="1:5">
+      <x:c r="A4878" s="4">
+        <x:v>46064</x:v>
+      </x:c>
+      <x:c r="B4878" s="5" t="n">
+        <x:v>303.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4879" spans="1:5">
+      <x:c r="A4879" s="4">
+        <x:v>46065</x:v>
+      </x:c>
+      <x:c r="B4879" s="5" t="n">
+        <x:v>301.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4880" spans="1:5">
+      <x:c r="A4880" s="4">
+        <x:v>46066</x:v>
+      </x:c>
+      <x:c r="B4880" s="5" t="n">
+        <x:v>302.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4881" spans="1:5">
+      <x:c r="A4881" s="4">
+        <x:v>46070</x:v>
+      </x:c>
+      <x:c r="B4881" s="5" t="n">
+        <x:v>301.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4882" spans="1:5">
+      <x:c r="A4882" s="4">
+        <x:v>46071</x:v>
+      </x:c>
+      <x:c r="B4882" s="5" t="n">
+        <x:v>302.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4883" spans="1:5">
+      <x:c r="A4883" s="4">
+        <x:v>46072</x:v>
+      </x:c>
+      <x:c r="B4883" s="5" t="n">
+        <x:v>302.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4884" spans="1:5">
+      <x:c r="A4884" s="4">
+        <x:v>46073</x:v>
+      </x:c>
+      <x:c r="B4884" s="5" t="n">
+        <x:v>302.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4885" spans="1:5">
+      <x:c r="A4885" s="4">
+        <x:v>46076</x:v>
+      </x:c>
+      <x:c r="B4885" s="5" t="n">
+        <x:v>300.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4886" spans="1:5">
+      <x:c r="A4886" s="4">
+        <x:v>46077</x:v>
+      </x:c>
+      <x:c r="B4886" s="5" t="n">
+        <x:v>301.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4887" spans="1:5">
+      <x:c r="A4887" s="4">
+        <x:v>46078</x:v>
+      </x:c>
+      <x:c r="B4887" s="5" t="n">
+        <x:v>302.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4888" spans="1:5">
+      <x:c r="A4888" s="4">
+        <x:v>46079</x:v>
+      </x:c>
+      <x:c r="B4888" s="5" t="n">
+        <x:v>302.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4889" spans="1:5">
+      <x:c r="A4889" s="4">
+        <x:v>46080</x:v>
+      </x:c>
+      <x:c r="B4889" s="5" t="n">
+        <x:v>302.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4890" spans="1:5">
+      <x:c r="A4890" s="4">
+        <x:v>46083</x:v>
+      </x:c>
+      <x:c r="B4890" s="5" t="n">
+        <x:v>303.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4891" spans="1:5">
+      <x:c r="A4891" s="4">
+        <x:v>46084</x:v>
+      </x:c>
+      <x:c r="B4891" s="5" t="n">
+        <x:v>303.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4892" spans="1:5">
+      <x:c r="A4892" s="4">
+        <x:v>46085</x:v>
+      </x:c>
+      <x:c r="B4892" s="5" t="n">
+        <x:v>304.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4893" spans="1:5">
+      <x:c r="A4893" s="4">
+        <x:v>46086</x:v>
+      </x:c>
+      <x:c r="B4893" s="5" t="n">
+        <x:v>304.65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4894" spans="1:5">
+      <x:c r="A4894" s="4">
+        <x:v>46087</x:v>
+      </x:c>
+      <x:c r="B4894" s="5" t="n">
+        <x:v>303.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4895" spans="1:5">
+      <x:c r="A4895" s="4">
+        <x:v>46090</x:v>
+      </x:c>
+      <x:c r="B4895" s="5" t="n">
+        <x:v>304.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4896" spans="1:5">
+      <x:c r="A4896" s="4">
+        <x:v>46091</x:v>
+      </x:c>
+      <x:c r="B4896" s="5" t="n">
+        <x:v>302.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4897" spans="1:5">
+      <x:c r="A4897" s="4">
+        <x:v>46092</x:v>
+      </x:c>
+      <x:c r="B4897" s="5" t="n">
+        <x:v>304.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4898" spans="1:5">
+      <x:c r="A4898" s="4">
+        <x:v>46093</x:v>
+      </x:c>
+      <x:c r="B4898" s="5" t="n">
+        <x:v>302.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4899" spans="1:5">
+      <x:c r="A4899" s="4">
+        <x:v>46094</x:v>
+      </x:c>
+      <x:c r="B4899" s="5" t="n">
+        <x:v>301.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4900" spans="1:5">
+      <x:c r="A4900" s="4">
+        <x:v>46097</x:v>
+      </x:c>
+      <x:c r="B4900" s="5" t="n">
+        <x:v>303.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4901" spans="1:5">
+      <x:c r="A4901" s="4">
+        <x:v>46098</x:v>
+      </x:c>
+      <x:c r="B4901" s="5" t="n">
+        <x:v>303.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4902" spans="1:5">
+      <x:c r="A4902" s="4">
+        <x:v>46099</x:v>
+      </x:c>
+      <x:c r="B4902" s="5" t="n">
+        <x:v>302.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4903" spans="1:5">
+      <x:c r="A4903" s="4">
+        <x:v>46100</x:v>
+      </x:c>
+      <x:c r="B4903" s="5" t="n">
+        <x:v>303.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4904" spans="1:5">
+      <x:c r="A4904" s="4">
+        <x:v>46101</x:v>
+      </x:c>
+      <x:c r="B4904" s="5" t="n">
+        <x:v>301.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4905" spans="1:5">
+      <x:c r="A4905" s="4">
+        <x:v>46104</x:v>
+      </x:c>
+      <x:c r="B4905" s="5" t="n">
+        <x:v>302.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4906" spans="1:5">
+      <x:c r="A4906" s="4">
+        <x:v>46105</x:v>
+      </x:c>
+      <x:c r="B4906" s="5" t="n">
+        <x:v>301.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4907" spans="1:5">
+      <x:c r="A4907" s="4">
+        <x:v>46106</x:v>
+      </x:c>
+      <x:c r="B4907" s="5" t="n">
+        <x:v>302.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4908" spans="1:5">
+      <x:c r="A4908" s="4">
+        <x:v>46107</x:v>
+      </x:c>
+      <x:c r="B4908" s="5" t="n">
+        <x:v>299.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4909" spans="1:5">
+      <x:c r="A4909" s="4">
+        <x:v>46108</x:v>
+      </x:c>
+      <x:c r="B4909" s="5" t="n">
+        <x:v>296.93</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="1">
     <x:mergeCell ref="E13:Q45"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>